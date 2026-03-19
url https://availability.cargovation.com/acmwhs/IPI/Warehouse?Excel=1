--- v0 (2026-02-02)
+++ v1 (2026-03-19)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Warehouse In   Out" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="341" uniqueCount="341">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="350" uniqueCount="350">
   <si>
     <t>Warehouse In / Out</t>
   </si>
   <si>
     <t>CODE</t>
   </si>
   <si>
     <t>CITY</t>
   </si>
   <si>
     <t>DESTINATION</t>
   </si>
   <si>
     <t>IN OUT CHARGE</t>
   </si>
   <si>
     <t>MIN/MAX</t>
   </si>
   <si>
     <t>DOC/ADMIN FEE</t>
   </si>
   <si>
     <t>ITFEE</t>
   </si>
   <si>
@@ -63,255 +63,266 @@
   <si>
     <t>ACCFEE</t>
   </si>
   <si>
     <t>HAZ</t>
   </si>
   <si>
     <t>OVERSIZE/OVERWEIGHT FEE</t>
   </si>
   <si>
     <t>PALLETS</t>
   </si>
   <si>
     <t>FREE TIME</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>ATLANTA</t>
   </si>
   <si>
     <t>HWC LOGISTICS</t>
   </si>
   <si>
-    <t>$3.95 PER CWT OR $22 CBM, WHICHEVER IS GREATER - MIN $175 + $6.50 SECURITY FEE</t>
-[...11 lines deleted...]
-    <t>$50.00</t>
+    <t>$4 PER CWT OR $25 CBM, WHICHEVER IS GREATER - MIN $175 + $6.50 SECURITY FEE</t>
+  </si>
+  <si>
+    <t>$20.00</t>
+  </si>
+  <si>
+    <t>$40.00</t>
+  </si>
+  <si>
+    <t>$0.32 PER CWT - MIN $10 / MAX $50</t>
+  </si>
+  <si>
+    <t>$90.00</t>
   </si>
   <si>
     <t xml:space="preserve">STORAGE: $20 PER CBM (GREATER WEIGHT OR MEASURE) W/ $50 MINIMUM PER DAY 
 FLATBED FEE - $350 MIN/$500 MAX 
 OVERWEIGHT/OVERDIM- $4.95/CW OR $25/CBM - MINIMUM $200</t>
   </si>
   <si>
+    <t>$50 PER HBL</t>
+  </si>
+  <si>
     <t xml:space="preserve">MAX WGT - 10,000 LBS 
 MAX SIZE - 20' LONG</t>
   </si>
   <si>
     <t>$16.00</t>
   </si>
   <si>
     <t>5 WD</t>
   </si>
   <si>
     <t>AUSTIN</t>
   </si>
   <si>
     <t>AUSTIN CFS WHSE</t>
   </si>
   <si>
     <t xml:space="preserve">$0.025/LB OR $10.00/CBM, WHICHEVER IS GREATER  - MIN $150</t>
   </si>
   <si>
     <t>$25.00</t>
   </si>
   <si>
     <t>$0.01/LB MIN $25</t>
   </si>
   <si>
     <t>STORAGE: $0.01/LB OR $3.00/CBM MINIMUM $45 PER DAY THEREAFTER</t>
   </si>
   <si>
     <t>$125 PER UN</t>
   </si>
   <si>
     <t>$15.00</t>
   </si>
   <si>
     <t>3 WD</t>
   </si>
   <si>
     <t>BALTIMORE</t>
   </si>
   <si>
     <t>BALTIMORE INTERNATIONAL WHSE</t>
   </si>
   <si>
     <t>$60.00/TON - $125 // OVER 10K $120.00/TON - MIN $250</t>
   </si>
   <si>
     <t>$60.00</t>
   </si>
   <si>
-    <t>$20.00</t>
+    <t>$35.00</t>
   </si>
   <si>
     <t>$4.00 CBM / MIN $30</t>
   </si>
   <si>
     <t>$100.00</t>
   </si>
   <si>
     <t xml:space="preserve">STORAGE: 
 NEXT 5 WORKING DAYS -   $.95 CWT - MIN $95.00
 NEXT 5 CALENDAR DAYS - $1.10 CWT - MIN $110.00
 ALL 5 DAY INCREMENTS -  $1.25 CWT - MIN $140.00
 OVER SIZE FEE - $120 PER TON FOR CARGO OVER 10,000 LBS</t>
   </si>
   <si>
     <t>MAX WGT - 15,000 LBS</t>
   </si>
   <si>
     <t>BIRMINGHAM</t>
   </si>
   <si>
     <t>DIVERSIFIED CONTRACTORS INC</t>
   </si>
   <si>
     <t>$3.25 CWT OR $.0325/LBS OR $13.00 PER CBM WHICHEVER IS GREATER - MIN $75</t>
   </si>
   <si>
     <t>$75.00</t>
   </si>
   <si>
     <t>$110.00</t>
   </si>
   <si>
     <t>STORAGE: $1.00 CWT OR $.01/LB, $20 MINIMUM</t>
   </si>
   <si>
+    <t>$50.00</t>
+  </si>
+  <si>
     <t>$30.00</t>
   </si>
   <si>
     <t>4 WD</t>
   </si>
   <si>
     <t>BOSTON</t>
   </si>
   <si>
     <t>EAGLE AIR FREIGHT</t>
   </si>
   <si>
     <t>$3.95 PER 100LBS - MIN $100</t>
   </si>
   <si>
     <t>DOCUMENTATION $45 / ADMIN FEE $30</t>
   </si>
   <si>
     <t>$55.00</t>
   </si>
   <si>
     <t xml:space="preserve">STORAGE CHARGE -
-$2.00 PER CWT MIN $65.00 PER DAY
+ $.40 PER LB ($125 MINIMUM)
 **UPDATED **</t>
   </si>
   <si>
     <t>$150.00</t>
   </si>
   <si>
     <t>MAX WGT &amp; MAX SIZE - CASE BY CASE</t>
   </si>
   <si>
     <t>BROWNSVILLE</t>
   </si>
   <si>
     <t>TRANSMARITIME INC</t>
   </si>
   <si>
-    <t>$2.50/CW OR $12.50/CBM WHICHEVER IS GREATER - MIN $75</t>
+    <t xml:space="preserve">$2.50/CW OR $12.50/CBM WHICHEVER IS GREATER - MIN $100 
+UPDATED 1/1/26</t>
   </si>
   <si>
     <t>$10.00</t>
   </si>
   <si>
-    <t>$90.00</t>
+    <t xml:space="preserve">STORAGE CHARGES
+00.50 CW
+MIN $15 PER DAY
+MAX $30 PER DAY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OVER 5,000 LBS /7 FT &amp; ABOVE
+$18 PER CBM/1000 LBS</t>
   </si>
   <si>
     <t>$12.50</t>
   </si>
   <si>
     <t>5 CD</t>
   </si>
   <si>
     <t>BUFFALO</t>
   </si>
   <si>
     <t>MOBILE AIR TRANSPORT</t>
   </si>
   <si>
     <t>$5.00 PER CWT - MIN $35 / MAX $440</t>
-  </si>
-[...1 lines deleted...]
-    <t>$40.00</t>
   </si>
   <si>
     <t>MARKET</t>
   </si>
   <si>
     <t>CHARLESTON</t>
   </si>
   <si>
     <t>GUARDIAN LOGISTICS (CHARLESTON)</t>
   </si>
   <si>
     <t>$4.50 PER 100LBS OR $20.00 PER CBM - MIN $50</t>
   </si>
   <si>
     <t>$10</t>
   </si>
   <si>
     <t>$35</t>
   </si>
   <si>
     <t xml:space="preserve">STORAGE:
 $130 PER DAY (1-5 DAYS
 $180 PER DAY (6-10 DAYS) 
 $220 PER DAY (11+ DAYS)</t>
   </si>
   <si>
     <t>MAX WGT - 10,000 LBS</t>
   </si>
   <si>
     <t>CHARLOTTE</t>
   </si>
   <si>
     <t>GUARDIAN LOGISTICS (CHARLOTTE)</t>
   </si>
   <si>
-    <t>MAX WGT 5000 LBS</t>
+    <t>MAX WGT 10000 LBS</t>
   </si>
   <si>
     <t>CHATTANOOGA</t>
   </si>
   <si>
     <t>MAF EXPEDITED INC</t>
   </si>
   <si>
     <t>$185 FLAT RATE</t>
   </si>
   <si>
     <t>7 CD</t>
   </si>
   <si>
     <t>CHICAGO</t>
   </si>
   <si>
     <t>ARROWPAC CHICAGO</t>
   </si>
   <si>
     <t>$3.50 PER 100 LBS OR $10.50 PER CBM - MIN $65.00</t>
   </si>
   <si>
     <t>$50</t>
   </si>
@@ -439,109 +450,121 @@
   <si>
     <t>TRANS-OVERSEAS CORP</t>
   </si>
   <si>
     <t>$2.50 PER CWT OR $10.25 CBM - MIN $75.00</t>
   </si>
   <si>
     <t>$70.00</t>
   </si>
   <si>
     <t xml:space="preserve">G.O. FEE: $100
 INSPECT $75 (IF APPLICABLE) 
 OVER DIM - 8' &amp; UP - $10/FT OVER 8' ($60 MIN/$450 MAX)
 OVERWEIGHT - 10,000 LBS - $10 / 500 LBS ($60 MIN / $450 MAX)</t>
   </si>
   <si>
     <t>$85.00</t>
   </si>
   <si>
     <t>MAX WGT - 40,000 LBS</t>
   </si>
   <si>
     <t>EL PASO</t>
   </si>
   <si>
-    <t>$2.50/CW OR $12.50/CBM WHICHEVER IS GREATER - MIN $75.00</t>
+    <t xml:space="preserve">$2.50/CW OR $12.50/CBM WHICHEVER IS GREATER - MIN $100
+UPDATED 1.1.26</t>
   </si>
   <si>
     <t>GRAND RAPIDS</t>
   </si>
   <si>
     <t>FORWARD AIR (I207)</t>
   </si>
   <si>
     <t>$40.00 IN/OUT OR $10.50 PER CBM WHICHEVER IS GREATER - MIN $40.00</t>
   </si>
   <si>
     <t>$80.00</t>
   </si>
   <si>
     <t>GREENSBORO</t>
   </si>
   <si>
     <t>SPECIAL SERVICE FREIGHT CO</t>
   </si>
   <si>
     <t>$0.05/CW - MIN $50.00</t>
   </si>
   <si>
     <t>$49.00</t>
   </si>
   <si>
     <t>$22.00</t>
   </si>
   <si>
     <t>GREENVILLE</t>
   </si>
   <si>
     <t>SPECIAL FREIGHT SERVICE CO</t>
   </si>
   <si>
     <t>HIDALGO</t>
   </si>
   <si>
+    <t>$2.50/CW OR $12.50/CBM WHICHEVER IS GREATER - MIN $100</t>
+  </si>
+  <si>
     <t>HOUSTON</t>
   </si>
   <si>
     <t>SOUTHWEST FREIGHT INC</t>
   </si>
   <si>
     <t>$2.50 CWT OR $12CBM - MIN $95.00 // P/E $25 (IF APPLICABLE)</t>
+  </si>
+  <si>
+    <t>2.25 CBM OR $10 MIN</t>
   </si>
   <si>
     <t xml:space="preserve">*OVER WEIGHT - 8000 LBS OR MORE - $25/TON/PIECE 
 *OVER DIM - 10' OR MORE $10/PC OR $30/MIN - $100/MAX 
+*6CBM OR OVR PC * $12/CBM
 *RAMP FEE/FLATBED LOADING:
 1-5 PCS      $25
 6-10 PCS     $50
 11-15 PCS    $75
 16-20 PCS    $100
 21 &amp; OVER   $150</t>
   </si>
   <si>
-    <t>MAX WGT - CASE BY CASE</t>
+    <t>$75</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAX WGT - CASE BY CASE 
+STORAGE - $0.60 PER CWT / MIN $25 PD</t>
   </si>
   <si>
     <t>HUNTSVILLE</t>
   </si>
   <si>
     <t>$3.25 CWT OR $.0325/LBS OR $13.00 PER CBM WHICHEVER IS GREATER - MIN $75.00</t>
   </si>
   <si>
     <t>INDIANAPOLIS</t>
   </si>
   <si>
     <t>$.035/LB OR $12/CBM WHICHEVER IS GREATER - MIN $55.00</t>
   </si>
   <si>
     <t xml:space="preserve">OVRWT FEE:   PC &gt;= 4000LBS $100</t>
   </si>
   <si>
     <t>JACKSONVILLE</t>
   </si>
   <si>
     <t>ARROWPAC CFS OF JACKSONVILLE</t>
   </si>
   <si>
     <t>$3.75 PER 100LBS OR $10.00 PER CBM - MIN $85.00</t>
   </si>
@@ -633,50 +656,60 @@
     <t>$.035/LB OR $12/CBM WHICHEVER IS GREATER - MIN $55</t>
   </si>
   <si>
     <t xml:space="preserve">OVRWT FEE:   PC &gt;= 3000LBS $100</t>
   </si>
   <si>
     <t xml:space="preserve">MAX WGT - 4500 LBS 
 3000 LBS OR MORE - $100 FEE</t>
   </si>
   <si>
     <t>MEMPHIS</t>
   </si>
   <si>
     <t>MID SOUTH TRANSPORT</t>
   </si>
   <si>
     <t>$2.25 PER CBW - MIN $160</t>
   </si>
   <si>
     <t>$95.00</t>
   </si>
   <si>
     <t>$0.01 PER LB</t>
   </si>
   <si>
+    <t xml:space="preserve">INDIVIDUAL DIMENSIONS RATES
+$25.00 CHARGE FOR 1 TO 5 SKIDS
+$35.00 CHARGE FOR 6 TO 10 SKIDS
+$50.00 CHARGE FOR 11 SKIDS OR MORE
+STORAGE RATES
+CBM X 35.3145 = CUBIC FEET
+CUBIC FEET X .25 = STORAGE PER WEEK
+MINUMUM CHARGE $25.00</t>
+  </si>
+  <si>
     <t>MIAMI</t>
   </si>
   <si>
     <t>ARROWPAC CFS MIAMI</t>
   </si>
   <si>
     <t>$3.75 PER 100LBS OR $10.00CBM - MIN $85.00</t>
   </si>
   <si>
     <t>$4.00 PER 800LBS/CBM MIN $20.00</t>
   </si>
   <si>
     <t>MILWAUKEE</t>
   </si>
   <si>
     <t>TAX AIRFREIGHT</t>
   </si>
   <si>
     <t>$7.50 PER CBM / $0.135 CWT - MIN $55.00</t>
   </si>
   <si>
     <t xml:space="preserve">LOOSE -$15 OR $3.00 PER CWT WHICHEVER IS GREATER   PALLETIZED $15 PER PLT</t>
   </si>
   <si>
     <t>PALLETIZING &amp; SHRINK WRAP - $30/PLT</t>
@@ -708,152 +741,162 @@
   <si>
     <t>QUICK DELIVERY</t>
   </si>
   <si>
     <t>$2.50 CWT - MIN $54</t>
   </si>
   <si>
     <t>MONTREAL</t>
   </si>
   <si>
     <t>AIR TIME EXPRESS</t>
   </si>
   <si>
     <t xml:space="preserve">$0.12/KG     1CBM=250KG GREATER OF CHARGABLE VS VOLUME - MIN $140</t>
   </si>
   <si>
     <t xml:space="preserve">$0.05/KG  MIN $60.00</t>
   </si>
   <si>
     <t>NASHVILLE</t>
   </si>
   <si>
     <t>MID SOUTH TRANSPORT INC</t>
   </si>
   <si>
-    <t xml:space="preserve">STORAGE RATES
-[...4 lines deleted...]
-  <si>
     <t>NEW ORLEANS</t>
   </si>
   <si>
     <t>$2.50 CWT OR $12CBM - MIN $95 // P/E $25 (IF APPLICABLE)</t>
   </si>
   <si>
+    <t>2.25 CBM OR $10.00 MIN</t>
+  </si>
+  <si>
     <t xml:space="preserve">PERSONAL EFFECTS: $25.00
+*OVER WEIGHT - 8000 LBS OR MORE - $25/TON/PIECE 
+*OVER DIM - 10' OR MORE $10/PC OR $35/MIN - $100/MAX 
+*6CBM OR OVR PC * $12/CBM
 RAMP FEE/FLATBED FEE: 
 1-5 PCS     $25.00
 6-10 PCS    $50.00
 11-15 PCS  $75.00 
 16-20 PCS  $100.00 
 TRUCKERS NOT DOCK HEIGHT - FEE $25 + FLATBED FEE</t>
   </si>
   <si>
     <t xml:space="preserve">MAX WGT - 8,000 LBS 
-OVER SIZE - 10' &amp; UP / $35 FEE</t>
+OVER SIZE - 10' &amp; UP / $35 FEE 
+STORAGE - $0.60 PER CWT / MIN $25 PD</t>
   </si>
   <si>
     <t>NOGALES</t>
   </si>
   <si>
     <t xml:space="preserve">GO FEE $125 + DELIVERY 
 $75 EXAM (IF APPLICABLE)</t>
   </si>
   <si>
     <t>NORFOLK</t>
   </si>
   <si>
     <t>NORFOLK BONDED FACILITY</t>
   </si>
   <si>
     <t>IN/OUT $0.04 PER LB - MIN $145</t>
   </si>
   <si>
     <t>$120.00</t>
   </si>
   <si>
-    <t>OVER DIM FEE - $125 OVER DIM FEE</t>
+    <t xml:space="preserve">OVER DIM FEE - $125 OVER DIM FEE 
+PALLET CHARGE: $20.00 / EACH</t>
+  </si>
+  <si>
+    <t>$125 / PER SHIPMENT</t>
   </si>
   <si>
     <t>CASE BY CASE</t>
   </si>
   <si>
     <t>OKLAHOMA CITY</t>
   </si>
   <si>
     <t>KOGA TRANSPORTATION</t>
   </si>
   <si>
     <t>$3.00/CWT OR $15.00/CBM WHICHEVER IS GREATER - MIN $70/ MAX $500</t>
   </si>
   <si>
     <t>STORAGE: $2.00/CWT OR $10.00/CBM/DAY, WHICHEVER IS GREATER - MINIMUM $50.00 PER DAY</t>
   </si>
   <si>
     <t>OMAHA</t>
   </si>
   <si>
     <t>FORD STORAGE</t>
   </si>
   <si>
     <t>$3.00/CWT OR $17/CBM - MIN $125</t>
   </si>
   <si>
     <t>ORLANDO</t>
   </si>
   <si>
     <t>TRANSCONTINENTAL CFS</t>
   </si>
   <si>
     <t xml:space="preserve">HANDLING CHARGE:
 UP TO 1600 LBS - MINIMUM $95.00
 $6.00 PER 100 LBS UP TO 20K / $5.50 PER 100 LBS 20,001+ LBS - MIN $95</t>
   </si>
   <si>
     <t>MINIMUM $95.00</t>
   </si>
   <si>
     <t>$8.50/CW MIN $100</t>
   </si>
   <si>
     <t>PHILADELPHIA</t>
   </si>
   <si>
     <t>CMS TRANSPORTATION</t>
   </si>
   <si>
     <t>$3.85 PER 100LBS - MIN $150</t>
+  </si>
+  <si>
+    <t>$65</t>
   </si>
   <si>
     <t xml:space="preserve">OVERSIZE $150 (IF APPLICABLE)
 HEAVY LIFT FEE: $150 (IF APPLICABLE) 
 PERSONAL EFFECT FEE: $25 (IF APPLICABLE) 
 RAMP FEE $45 
-FLATBED FEE $45</t>
+FLATBED FEE $45 
+STORAGE: $100/DAY MIN OR $3.95/CWT/DAY.
+PIER LOADING: $165.00 OR $3.85/CWT</t>
   </si>
   <si>
     <t>$65.00</t>
   </si>
   <si>
     <t xml:space="preserve">O/W FEE $150 - 3000 LBS &amp; UP 
 O/D FEE $150 - 8' &amp; UP</t>
   </si>
   <si>
     <t>$16.25 EACH / $45 MINIMUM</t>
   </si>
   <si>
     <t>PHOENIX</t>
   </si>
   <si>
     <t>PITTSBURGH</t>
   </si>
   <si>
     <t>AIR GROUND XPRESS / MIDWEST EXPRESS</t>
   </si>
   <si>
     <t>IN/OUT $0.035/LB OR CBM/800LBS WHICHEVER IS GREATER - MIN $30.00</t>
   </si>
   <si>
     <t>PORTLAND</t>
@@ -944,65 +987,69 @@
   <si>
     <t xml:space="preserve">5,000 LBS+  /   7 FT &amp; UP
  $18.00 PER CBM/1000 LBS</t>
   </si>
   <si>
     <t>SAN DIEGO</t>
   </si>
   <si>
     <t>SAN FRANCISCO</t>
   </si>
   <si>
     <t>SUMMIT</t>
   </si>
   <si>
     <t>WEIGHT/CBM RATES = 1-5000 LBS $35 / 5001-10,000 $45/ 10,001 - 15,000 $55 / 15,001 - 20,000 $85 / 20,001 - 24,999 $110 / 25,000-34,999 $150 / 35,000 + UPON REQUEST</t>
   </si>
   <si>
     <t xml:space="preserve">$7.50 CBM/800LBS   MIN $35.00</t>
   </si>
   <si>
     <t xml:space="preserve">$4.25 CBM/800LBS    MIN $25.00</t>
   </si>
   <si>
     <t xml:space="preserve">$75 EXAM/HBL
 $75 SEGREGATION/HBL
-$75 OVERWEIGHT FEE 50K+</t>
+$75 OVERWEIGHT FEE 50K+ 
+ ***$5 FEE ADDED TO FSC FOR EACH SHIPMENT***</t>
   </si>
   <si>
     <t>OVER DIMENSIONAL FEE 10’ OR GREATER $15 PER CBM MIN $50</t>
   </si>
   <si>
     <t>SAVANNAH</t>
   </si>
   <si>
     <t>CARGO GROUP</t>
   </si>
   <si>
     <t xml:space="preserve">PALLETIZED CARGO $2.05 PER 100LBS - MINIMUM $110 
 LOOSE CARGO $1 PER CTN - MINIMUM $500 
 **CALCULATION X2 CHARGED FOR IN &amp; OUT**</t>
+  </si>
+  <si>
+    <t>$50 PER 500 LBS. OVER 10,000 LBS</t>
   </si>
   <si>
     <t>10 CD</t>
   </si>
   <si>
     <t>SEATTLE</t>
   </si>
   <si>
     <t xml:space="preserve">OVER DIM 10' OR LONGER - $125 FEE 
 OVERSIZE FEE - 10,000 LBS OR MORE $125 PER PC</t>
   </si>
   <si>
     <t>$75 PER HBL , $25 PER UN</t>
   </si>
   <si>
     <t>MAX WGT 12,500 LBS</t>
   </si>
   <si>
     <t>SPRINGFIELD</t>
   </si>
   <si>
     <t>LK TRANSPORT LLC</t>
   </si>
   <si>
     <t>ST.LOUIS</t>
@@ -1318,3381 +1365,3381 @@
       <c r="D3" s="4" t="s">
         <v>19</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>16</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="4" t="s">
         <v>20</v>
       </c>
       <c r="H3" s="4" t="s">
         <v>21</v>
       </c>
       <c r="I3" s="4" t="s">
         <v>22</v>
       </c>
       <c r="J3" s="4" t="s">
         <v>23</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="L3" s="4" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="M3" s="4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N3" s="4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O3" s="4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F4" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I4" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="J4" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="L4" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="N4" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="O4" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C5" s="4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D5" s="4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G5" s="4" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="H5" s="4" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="I5" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="J5" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L5" s="4" t="s">
         <v>42</v>
       </c>
-      <c r="J5" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M5" s="4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="N5" s="4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="O5" s="4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F6" s="5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G6" s="5" t="s">
         <v>16</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L6" s="5" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="M6" s="5" t="s">
         <v>16</v>
       </c>
       <c r="N6" s="5" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="O6" s="5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C7" s="4" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D7" s="4" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>16</v>
       </c>
       <c r="F7" s="4" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="4" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="I7" s="4" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="J7" s="4" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="K7" s="4" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="L7" s="4" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="M7" s="4" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>16</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="D8" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="G8" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="J8" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="K8" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="L8" s="5" t="s">
         <v>62</v>
       </c>
-      <c r="C8" s="5" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="M8" s="5" t="s">
-        <v>16</v>
+        <v>69</v>
       </c>
       <c r="N8" s="5" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="O8" s="5" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="C9" s="4" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="D9" s="4" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="E9" s="4" t="s">
         <v>16</v>
       </c>
       <c r="F9" s="4" t="s">
         <v>16</v>
       </c>
       <c r="G9" s="4" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="4" t="s">
-        <v>72</v>
+        <v>21</v>
       </c>
       <c r="I9" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J9" s="4" t="s">
         <v>16</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>16</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>16</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N9" s="4" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="E10" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F10" s="5" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="G10" s="5" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="H10" s="5" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="L10" s="5" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="N10" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="O10" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="D11" s="4" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>16</v>
       </c>
       <c r="F11" s="4" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="G11" s="4" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="H11" s="4" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="I11" s="4" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="J11" s="4" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>16</v>
       </c>
       <c r="L11" s="4" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="M11" s="4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="N11" s="4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="O11" s="4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="E12" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F12" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G12" s="5" t="s">
         <v>16</v>
       </c>
       <c r="H12" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="5" t="s">
         <v>16</v>
       </c>
       <c r="J12" s="5" t="s">
         <v>16</v>
       </c>
       <c r="K12" s="5" t="s">
         <v>16</v>
       </c>
       <c r="L12" s="5" t="s">
         <v>16</v>
       </c>
       <c r="M12" s="5" t="s">
         <v>16</v>
       </c>
       <c r="N12" s="5" t="s">
         <v>16</v>
       </c>
       <c r="O12" s="5" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C13" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="E13" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="F13" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H13" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="I13" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="J13" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K13" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="L13" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="M13" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="N13" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="O13" s="4" t="s">
         <v>89</v>
-      </c>
-[...34 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="E14" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F14" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G14" s="5" t="s">
         <v>16</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="I14" s="5" t="s">
         <v>16</v>
       </c>
       <c r="J14" s="5" t="s">
         <v>16</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="L14" s="5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="N14" s="5" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="O14" s="5" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C15" s="4" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D15" s="4" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="E15" s="4" t="s">
         <v>16</v>
       </c>
       <c r="F15" s="4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G15" s="4" t="s">
         <v>16</v>
       </c>
       <c r="H15" s="4" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J15" s="4" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="K15" s="4" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="L15" s="4" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="M15" s="4" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="N15" s="4" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="O15" s="4" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="E16" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F16" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G16" s="5" t="s">
         <v>16</v>
       </c>
       <c r="H16" s="5" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="I16" s="5" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="5" t="s">
         <v>16</v>
       </c>
       <c r="K16" s="5" t="s">
         <v>16</v>
       </c>
       <c r="L16" s="5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="N16" s="5" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="O16" s="5" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C17" s="4" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D17" s="4" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="E17" s="4" t="s">
         <v>16</v>
       </c>
       <c r="F17" s="4" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="G17" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="H17" s="4" t="s">
         <v>23</v>
       </c>
-      <c r="H17" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I17" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J17" s="4" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="K17" s="4" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="L17" s="4" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="M17" s="4" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="N17" s="4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="O17" s="4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E18" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F18" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G18" s="5" t="s">
         <v>16</v>
       </c>
       <c r="H18" s="5" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="I18" s="5" t="s">
         <v>16</v>
       </c>
       <c r="J18" s="5" t="s">
         <v>16</v>
       </c>
       <c r="K18" s="5" t="s">
         <v>16</v>
       </c>
       <c r="L18" s="5" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="M18" s="5" t="s">
         <v>16</v>
       </c>
       <c r="N18" s="5" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="O18" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C19" s="4" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D19" s="4" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="E19" s="4" t="s">
         <v>16</v>
       </c>
       <c r="F19" s="4" t="s">
         <v>16</v>
       </c>
       <c r="G19" s="4" t="s">
         <v>16</v>
       </c>
       <c r="H19" s="4" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="I19" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J19" s="4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K19" s="4" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="L19" s="4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M19" s="4" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="N19" s="4" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="O19" s="4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="E20" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F20" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G20" s="5" t="s">
         <v>16</v>
       </c>
       <c r="H20" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="5" t="s">
         <v>16</v>
       </c>
       <c r="J20" s="5" t="s">
         <v>16</v>
       </c>
       <c r="K20" s="5" t="s">
         <v>16</v>
       </c>
       <c r="L20" s="5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M20" s="5" t="s">
         <v>16</v>
       </c>
       <c r="N20" s="5" t="s">
         <v>16</v>
       </c>
       <c r="O20" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C21" s="4" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D21" s="4" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="E21" s="4" t="s">
         <v>16</v>
       </c>
       <c r="F21" s="4" t="s">
         <v>16</v>
       </c>
       <c r="G21" s="4" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="H21" s="4" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="I21" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J21" s="4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K21" s="4" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="L21" s="4" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="M21" s="4" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="N21" s="4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="O21" s="4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="E22" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F22" s="5" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="G22" s="5" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="H22" s="5" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="I22" s="5" t="s">
         <v>16</v>
       </c>
       <c r="J22" s="5" t="s">
         <v>16</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>16</v>
+        <v>68</v>
       </c>
       <c r="L22" s="5" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>16</v>
+        <v>69</v>
       </c>
       <c r="N22" s="5" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="O22" s="5" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C23" s="4" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D23" s="4" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="E23" s="4" t="s">
         <v>16</v>
       </c>
       <c r="F23" s="4" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="G23" s="4" t="s">
         <v>16</v>
       </c>
       <c r="H23" s="4" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J23" s="4" t="s">
         <v>16</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>16</v>
       </c>
       <c r="L23" s="4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>16</v>
       </c>
       <c r="O23" s="4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="E24" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F24" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G24" s="5" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="H24" s="5" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="I24" s="5" t="s">
         <v>16</v>
       </c>
       <c r="J24" s="5" t="s">
         <v>16</v>
       </c>
       <c r="K24" s="5" t="s">
         <v>16</v>
       </c>
       <c r="L24" s="5" t="s">
         <v>16</v>
       </c>
       <c r="M24" s="5" t="s">
         <v>16</v>
       </c>
       <c r="N24" s="5" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="O24" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B25" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="D25" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="E25" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="F25" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="G25" s="4" t="s">
         <v>146</v>
       </c>
-      <c r="C25" s="4" t="s">
+      <c r="H25" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="I25" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="J25" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="K25" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="L25" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="M25" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="N25" s="4" t="s">
         <v>147</v>
       </c>
-      <c r="D25" s="4" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="O25" s="4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
       <c r="E26" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F26" s="5" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="G26" s="5" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="H26" s="5" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="I26" s="5" t="s">
         <v>16</v>
       </c>
       <c r="J26" s="5" t="s">
         <v>16</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>16</v>
+        <v>68</v>
       </c>
       <c r="L26" s="5" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>16</v>
+        <v>69</v>
       </c>
       <c r="N26" s="5" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="O26" s="5" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="D27" s="4" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="E27" s="4" t="s">
         <v>16</v>
       </c>
       <c r="F27" s="4" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="G27" s="4" t="s">
-        <v>72</v>
+        <v>21</v>
       </c>
       <c r="H27" s="4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="I27" s="4" t="s">
-        <v>16</v>
+        <v>155</v>
       </c>
       <c r="J27" s="4" t="s">
         <v>16</v>
       </c>
       <c r="K27" s="4" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="L27" s="4" t="s">
-        <v>23</v>
+        <v>157</v>
       </c>
       <c r="M27" s="4" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="N27" s="4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="O27" s="4" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="E28" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F28" s="5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G28" s="5" t="s">
         <v>16</v>
       </c>
       <c r="H28" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L28" s="5" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="M28" s="5" t="s">
         <v>16</v>
       </c>
       <c r="N28" s="5" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="O28" s="5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B29" s="4" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="C29" s="4" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D29" s="4" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="E29" s="4" t="s">
         <v>16</v>
       </c>
       <c r="F29" s="4" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="G29" s="4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H29" s="4" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="I29" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J29" s="4" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="K29" s="4" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="L29" s="4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N29" s="4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="O29" s="4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="E30" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F30" s="5" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G30" s="5" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="H30" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K30" s="5" t="s">
         <v>16</v>
       </c>
       <c r="L30" s="5" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="M30" s="5" t="s">
         <v>16</v>
       </c>
       <c r="N30" s="5" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="O30" s="5" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="C31" s="4" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="D31" s="4" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="E31" s="4" t="s">
         <v>16</v>
       </c>
       <c r="F31" s="4" t="s">
         <v>16</v>
       </c>
       <c r="G31" s="4" t="s">
         <v>16</v>
       </c>
       <c r="H31" s="4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="I31" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J31" s="4" t="s">
         <v>16</v>
       </c>
       <c r="K31" s="4" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>16</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N31" s="4" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="O31" s="4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="E32" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F32" s="5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G32" s="5" t="s">
         <v>16</v>
       </c>
       <c r="H32" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="5" t="s">
         <v>16</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="K32" s="5" t="s">
         <v>16</v>
       </c>
       <c r="L32" s="5" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="M32" s="5" t="s">
         <v>16</v>
       </c>
       <c r="N32" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="O32" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="C33" s="4" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="D33" s="4" t="s">
-        <v>136</v>
+        <v>151</v>
       </c>
       <c r="E33" s="4" t="s">
         <v>16</v>
       </c>
       <c r="F33" s="4" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="G33" s="4" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="H33" s="4" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="I33" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J33" s="4" t="s">
         <v>16</v>
       </c>
       <c r="K33" s="4" t="s">
-        <v>16</v>
+        <v>68</v>
       </c>
       <c r="L33" s="4" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="M33" s="4" t="s">
-        <v>16</v>
+        <v>69</v>
       </c>
       <c r="N33" s="4" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="O33" s="4" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="E34" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F34" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G34" s="5" t="s">
         <v>16</v>
       </c>
       <c r="H34" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="5" t="s">
         <v>16</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="L34" s="5" t="s">
         <v>16</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="N34" s="5" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="O34" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="E35" s="4" t="s">
         <v>16</v>
       </c>
       <c r="F35" s="4" t="s">
         <v>16</v>
       </c>
       <c r="G35" s="4" t="s">
         <v>16</v>
       </c>
       <c r="H35" s="4" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J35" s="4" t="s">
         <v>16</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>16</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>16</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>16</v>
       </c>
       <c r="O35" s="4" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="E36" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F36" s="5" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="G36" s="5" t="s">
         <v>16</v>
       </c>
       <c r="H36" s="5" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="K36" s="5" t="s">
         <v>16</v>
       </c>
       <c r="L36" s="5" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="N36" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="O36" s="5" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="C37" s="4" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D37" s="4" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="E37" s="4" t="s">
         <v>16</v>
       </c>
       <c r="F37" s="4" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="G37" s="4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H37" s="4" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="I37" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J37" s="4" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="K37" s="4" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="L37" s="4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M37" s="4" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="N37" s="4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="O37" s="4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="E38" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F38" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G38" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H38" s="5" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="J38" s="5" t="s">
         <v>16</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>16</v>
+        <v>201</v>
       </c>
       <c r="L38" s="5" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="M38" s="5" t="s">
         <v>16</v>
       </c>
       <c r="N38" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="O38" s="5" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B39" s="4" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="C39" s="4" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="D39" s="4" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="E39" s="4" t="s">
         <v>16</v>
       </c>
       <c r="F39" s="4" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G39" s="4" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="H39" s="4" t="s">
         <v>16</v>
       </c>
       <c r="I39" s="4" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="J39" s="4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>16</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>16</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N39" s="4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="O39" s="4" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B40" s="5" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="E40" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F40" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G40" s="5" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="H40" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="J40" s="5" t="s">
         <v>16</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="L40" s="5" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="M40" s="5" t="s">
         <v>16</v>
       </c>
       <c r="N40" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="O40" s="5" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
       <c r="C41" s="4" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="D41" s="4" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="E41" s="4" t="s">
         <v>16</v>
       </c>
       <c r="F41" s="4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G41" s="4" t="s">
         <v>16</v>
       </c>
       <c r="H41" s="4" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
       <c r="I41" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J41" s="4" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="K41" s="4" t="s">
-        <v>209</v>
+        <v>215</v>
       </c>
       <c r="L41" s="4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M41" s="4" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="N41" s="4" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="O41" s="4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="E42" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F42" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G42" s="5" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="H42" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I42" s="5" t="s">
         <v>16</v>
       </c>
       <c r="J42" s="5" t="s">
         <v>16</v>
       </c>
       <c r="K42" s="5" t="s">
         <v>16</v>
       </c>
       <c r="L42" s="5" t="s">
         <v>16</v>
       </c>
       <c r="M42" s="5" t="s">
         <v>16</v>
       </c>
       <c r="N42" s="5" t="s">
         <v>16</v>
       </c>
       <c r="O42" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B43" s="4" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="C43" s="4" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="D43" s="4" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="E43" s="4" t="s">
         <v>16</v>
       </c>
       <c r="F43" s="4" t="s">
         <v>16</v>
       </c>
       <c r="G43" s="4" t="s">
         <v>16</v>
       </c>
       <c r="H43" s="4" t="s">
         <v>16</v>
       </c>
       <c r="I43" s="4" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="J43" s="4" t="s">
         <v>16</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>16</v>
       </c>
       <c r="L43" s="4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="M43" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N43" s="4" t="s">
         <v>16</v>
       </c>
       <c r="O43" s="4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B44" s="5" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="E44" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F44" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G44" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H44" s="5" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="J44" s="5" t="s">
         <v>16</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>220</v>
+        <v>201</v>
       </c>
       <c r="L44" s="5" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="M44" s="5" t="s">
         <v>16</v>
       </c>
       <c r="N44" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="O44" s="5" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B45" s="4" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="C45" s="4" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="D45" s="4" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="E45" s="4" t="s">
         <v>16</v>
       </c>
       <c r="F45" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G45" s="4" t="s">
         <v>21</v>
       </c>
-      <c r="G45" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H45" s="4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="I45" s="4" t="s">
-        <v>65</v>
+        <v>228</v>
       </c>
       <c r="J45" s="4" t="s">
         <v>16</v>
       </c>
       <c r="K45" s="4" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="L45" s="4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M45" s="4" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="N45" s="4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="O45" s="4" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B46" s="5" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="E46" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F46" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G46" s="5" t="s">
         <v>16</v>
       </c>
       <c r="H46" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I46" s="5" t="s">
         <v>16</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="L46" s="5" t="s">
         <v>16</v>
       </c>
       <c r="M46" s="5" t="s">
         <v>16</v>
       </c>
       <c r="N46" s="5" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="O46" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B47" s="4" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="C47" s="4" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="D47" s="4" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="E47" s="4" t="s">
         <v>16</v>
       </c>
       <c r="F47" s="4" t="s">
         <v>16</v>
       </c>
       <c r="G47" s="4" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="H47" s="4" t="s">
         <v>16</v>
       </c>
       <c r="I47" s="4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="J47" s="4" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="K47" s="4" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="L47" s="4" t="s">
-        <v>16</v>
+        <v>238</v>
       </c>
       <c r="M47" s="4" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
       <c r="N47" s="4" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="O47" s="4" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B48" s="5" t="s">
-        <v>233</v>
+        <v>240</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>234</v>
+        <v>241</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>235</v>
+        <v>242</v>
       </c>
       <c r="E48" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F48" s="5" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G48" s="5" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="H48" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I48" s="5" t="s">
         <v>16</v>
       </c>
       <c r="J48" s="5" t="s">
         <v>16</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>236</v>
+        <v>243</v>
       </c>
       <c r="L48" s="5" t="s">
         <v>16</v>
       </c>
       <c r="M48" s="5" t="s">
         <v>16</v>
       </c>
       <c r="N48" s="5" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="O48" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B49" s="4" t="s">
-        <v>237</v>
+        <v>244</v>
       </c>
       <c r="C49" s="4" t="s">
-        <v>238</v>
+        <v>245</v>
       </c>
       <c r="D49" s="4" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="E49" s="4" t="s">
         <v>16</v>
       </c>
       <c r="F49" s="4" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="G49" s="4" t="s">
         <v>16</v>
       </c>
       <c r="H49" s="4" t="s">
         <v>16</v>
       </c>
       <c r="I49" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J49" s="4" t="s">
         <v>16</v>
       </c>
       <c r="K49" s="4" t="s">
         <v>16</v>
       </c>
       <c r="L49" s="4" t="s">
         <v>16</v>
       </c>
       <c r="M49" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N49" s="4" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="O49" s="4" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>240</v>
+        <v>247</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>241</v>
+        <v>248</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="E50" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F50" s="5" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="G50" s="5" t="s">
         <v>16</v>
       </c>
       <c r="H50" s="5" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="I50" s="5" t="s">
         <v>16</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="K50" s="5" t="s">
         <v>16</v>
       </c>
       <c r="L50" s="5" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="M50" s="5" t="s">
         <v>16</v>
       </c>
       <c r="N50" s="5" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="O50" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B51" s="4" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="C51" s="4" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="D51" s="4" t="s">
-        <v>247</v>
+        <v>254</v>
       </c>
       <c r="E51" s="4" t="s">
         <v>16</v>
       </c>
       <c r="F51" s="4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G51" s="4" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="H51" s="4" t="s">
         <v>16</v>
       </c>
       <c r="I51" s="4" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="J51" s="4" t="s">
-        <v>66</v>
+        <v>255</v>
       </c>
       <c r="K51" s="4" t="s">
-        <v>248</v>
+        <v>256</v>
       </c>
       <c r="L51" s="4" t="s">
-        <v>249</v>
+        <v>257</v>
       </c>
       <c r="M51" s="4" t="s">
-        <v>250</v>
+        <v>258</v>
       </c>
       <c r="N51" s="4" t="s">
-        <v>251</v>
+        <v>259</v>
       </c>
       <c r="O51" s="4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B52" s="5" t="s">
-        <v>252</v>
+        <v>260</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="E52" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F52" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G52" s="5" t="s">
         <v>16</v>
       </c>
       <c r="H52" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I52" s="5" t="s">
         <v>16</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="L52" s="5" t="s">
         <v>16</v>
       </c>
       <c r="M52" s="5" t="s">
         <v>16</v>
       </c>
       <c r="N52" s="5" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="O52" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B53" s="4" t="s">
-        <v>253</v>
+        <v>261</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>254</v>
+        <v>262</v>
       </c>
       <c r="D53" s="4" t="s">
-        <v>255</v>
+        <v>263</v>
       </c>
       <c r="E53" s="4" t="s">
         <v>16</v>
       </c>
       <c r="F53" s="4" t="s">
         <v>16</v>
       </c>
       <c r="G53" s="4" t="s">
         <v>16</v>
       </c>
       <c r="H53" s="4" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="I53" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J53" s="4" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="K53" s="4" t="s">
         <v>16</v>
       </c>
       <c r="L53" s="4" t="s">
         <v>16</v>
       </c>
       <c r="M53" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N53" s="4" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="O53" s="4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B54" s="5" t="s">
-        <v>256</v>
+        <v>264</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>257</v>
+        <v>265</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>258</v>
+        <v>266</v>
       </c>
       <c r="E54" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F54" s="5" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="G54" s="5" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="H54" s="5" t="s">
-        <v>259</v>
+        <v>267</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>260</v>
+        <v>268</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>261</v>
+        <v>269</v>
       </c>
       <c r="L54" s="5" t="s">
-        <v>262</v>
+        <v>270</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="N54" s="5" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="O54" s="5" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B55" s="4" t="s">
-        <v>263</v>
+        <v>271</v>
       </c>
       <c r="C55" s="4" t="s">
-        <v>264</v>
+        <v>272</v>
       </c>
       <c r="D55" s="4" t="s">
-        <v>265</v>
+        <v>273</v>
       </c>
       <c r="E55" s="4" t="s">
         <v>16</v>
       </c>
       <c r="F55" s="4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G55" s="4" t="s">
         <v>16</v>
       </c>
       <c r="H55" s="4" t="s">
         <v>16</v>
       </c>
       <c r="I55" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J55" s="4" t="s">
         <v>16</v>
       </c>
       <c r="K55" s="4" t="s">
         <v>16</v>
       </c>
       <c r="L55" s="4" t="s">
         <v>16</v>
       </c>
       <c r="M55" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N55" s="4" t="s">
         <v>16</v>
       </c>
       <c r="O55" s="4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B56" s="5" t="s">
-        <v>266</v>
+        <v>274</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="E56" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F56" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G56" s="5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H56" s="5" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="I56" s="5" t="s">
         <v>16</v>
       </c>
       <c r="J56" s="5" t="s">
         <v>16</v>
       </c>
       <c r="K56" s="5" t="s">
         <v>16</v>
       </c>
       <c r="L56" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="M56" s="5" t="s">
         <v>16</v>
       </c>
       <c r="N56" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="O56" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B57" s="4" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="C57" s="4" t="s">
-        <v>270</v>
+        <v>278</v>
       </c>
       <c r="D57" s="4" t="s">
-        <v>271</v>
+        <v>279</v>
       </c>
       <c r="E57" s="4" t="s">
         <v>16</v>
       </c>
       <c r="F57" s="4" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G57" s="4" t="s">
         <v>16</v>
       </c>
       <c r="H57" s="4" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="I57" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J57" s="4" t="s">
         <v>16</v>
       </c>
       <c r="K57" s="4" t="s">
-        <v>272</v>
+        <v>280</v>
       </c>
       <c r="L57" s="4" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="M57" s="4" t="s">
-        <v>273</v>
+        <v>281</v>
       </c>
       <c r="N57" s="4" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="O57" s="4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="E58" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F58" s="5" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="G58" s="5" t="s">
         <v>16</v>
       </c>
       <c r="H58" s="5" t="s">
-        <v>72</v>
+        <v>21</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>275</v>
+        <v>283</v>
       </c>
       <c r="J58" s="5" t="s">
         <v>16</v>
       </c>
       <c r="K58" s="5" t="s">
         <v>16</v>
       </c>
       <c r="L58" s="5" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="M58" s="5" t="s">
         <v>16</v>
       </c>
       <c r="N58" s="5" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="O58" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B59" s="4" t="s">
-        <v>276</v>
+        <v>284</v>
       </c>
       <c r="C59" s="4" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D59" s="4" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="E59" s="4" t="s">
         <v>16</v>
       </c>
       <c r="F59" s="4" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="G59" s="4" t="s">
         <v>16</v>
       </c>
       <c r="H59" s="4" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="I59" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J59" s="4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K59" s="4" t="s">
-        <v>278</v>
+        <v>286</v>
       </c>
       <c r="L59" s="4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M59" s="4" t="s">
-        <v>279</v>
+        <v>287</v>
       </c>
       <c r="N59" s="4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="O59" s="4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B60" s="5" t="s">
-        <v>280</v>
+        <v>288</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>281</v>
+        <v>289</v>
       </c>
       <c r="E60" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F60" s="5" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="G60" s="5" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="H60" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I60" s="5" t="s">
         <v>16</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="L60" s="5" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>283</v>
+        <v>291</v>
       </c>
       <c r="N60" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="O60" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B61" s="4" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="C61" s="4" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="D61" s="4" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="E61" s="4" t="s">
         <v>16</v>
       </c>
       <c r="F61" s="4" t="s">
         <v>16</v>
       </c>
       <c r="G61" s="4" t="s">
         <v>16</v>
       </c>
       <c r="H61" s="4" t="s">
         <v>16</v>
       </c>
       <c r="I61" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J61" s="4" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="K61" s="4" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="L61" s="4" t="s">
         <v>16</v>
       </c>
       <c r="M61" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N61" s="4" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="O61" s="4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>286</v>
+        <v>294</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>287</v>
+        <v>295</v>
       </c>
       <c r="E62" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F62" s="5" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="G62" s="5" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="H62" s="5" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>288</v>
+        <v>296</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>290</v>
+        <v>298</v>
       </c>
       <c r="L62" s="5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="N62" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="O62" s="5" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B63" s="4" t="s">
-        <v>292</v>
+        <v>300</v>
       </c>
       <c r="C63" s="4" t="s">
-        <v>293</v>
+        <v>301</v>
       </c>
       <c r="D63" s="4" t="s">
-        <v>294</v>
+        <v>302</v>
       </c>
       <c r="E63" s="4" t="s">
         <v>16</v>
       </c>
       <c r="F63" s="4" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="G63" s="4" t="s">
         <v>16</v>
       </c>
       <c r="H63" s="4" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="I63" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J63" s="4" t="s">
         <v>16</v>
       </c>
       <c r="K63" s="4" t="s">
         <v>16</v>
       </c>
       <c r="L63" s="4" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="M63" s="4" t="s">
-        <v>16</v>
+        <v>303</v>
       </c>
       <c r="N63" s="4" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="O63" s="4" t="s">
-        <v>295</v>
+        <v>304</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>296</v>
+        <v>305</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>257</v>
+        <v>265</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>258</v>
+        <v>266</v>
       </c>
       <c r="E64" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F64" s="5" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="G64" s="5" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="H64" s="5" t="s">
-        <v>259</v>
+        <v>267</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>260</v>
+        <v>268</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>66</v>
+        <v>23</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>297</v>
+        <v>306</v>
       </c>
       <c r="L64" s="5" t="s">
-        <v>298</v>
+        <v>307</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>299</v>
+        <v>308</v>
       </c>
       <c r="N64" s="5" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="O64" s="5" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B65" s="4" t="s">
-        <v>300</v>
+        <v>309</v>
       </c>
       <c r="C65" s="4" t="s">
-        <v>301</v>
+        <v>310</v>
       </c>
       <c r="D65" s="4" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="E65" s="4" t="s">
         <v>16</v>
       </c>
       <c r="F65" s="4" t="s">
         <v>16</v>
       </c>
       <c r="G65" s="4" t="s">
-        <v>249</v>
+        <v>257</v>
       </c>
       <c r="H65" s="4" t="s">
         <v>16</v>
       </c>
       <c r="I65" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J65" s="4" t="s">
         <v>16</v>
       </c>
       <c r="K65" s="4" t="s">
         <v>16</v>
       </c>
       <c r="L65" s="4" t="s">
         <v>16</v>
       </c>
       <c r="M65" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N65" s="4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="O65" s="4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>302</v>
+        <v>311</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>303</v>
+        <v>312</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>304</v>
+        <v>313</v>
       </c>
       <c r="E66" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F66" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G66" s="5" t="s">
-        <v>249</v>
+        <v>257</v>
       </c>
       <c r="H66" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I66" s="5" t="s">
         <v>16</v>
       </c>
       <c r="J66" s="5" t="s">
         <v>16</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>305</v>
+        <v>314</v>
       </c>
       <c r="L66" s="5" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>306</v>
+        <v>315</v>
       </c>
       <c r="N66" s="5" t="s">
-        <v>307</v>
+        <v>316</v>
       </c>
       <c r="O66" s="5" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B67" s="4" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C67" s="4" t="s">
-        <v>241</v>
+        <v>248</v>
       </c>
       <c r="D67" s="4" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
       <c r="E67" s="4" t="s">
         <v>16</v>
       </c>
       <c r="F67" s="4" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="G67" s="4" t="s">
         <v>16</v>
       </c>
       <c r="H67" s="4" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="I67" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J67" s="4" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="K67" s="4" t="s">
         <v>16</v>
       </c>
       <c r="L67" s="4" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="M67" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N67" s="4" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="O67" s="4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>310</v>
+        <v>319</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>311</v>
+        <v>320</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>312</v>
+        <v>321</v>
       </c>
       <c r="E68" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F68" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G68" s="5" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="H68" s="5" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="I68" s="5" t="s">
         <v>16</v>
       </c>
       <c r="J68" s="5" t="s">
         <v>16</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>313</v>
+        <v>322</v>
       </c>
       <c r="L68" s="5" t="s">
-        <v>314</v>
+        <v>323</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>315</v>
+        <v>324</v>
       </c>
       <c r="N68" s="5" t="s">
-        <v>316</v>
+        <v>325</v>
       </c>
       <c r="O68" s="5" t="s">
-        <v>317</v>
+        <v>326</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B69" s="4" t="s">
-        <v>318</v>
+        <v>327</v>
       </c>
       <c r="C69" s="4" t="s">
-        <v>319</v>
+        <v>328</v>
       </c>
       <c r="D69" s="4" t="s">
-        <v>320</v>
+        <v>329</v>
       </c>
       <c r="E69" s="4" t="s">
         <v>16</v>
       </c>
       <c r="F69" s="4" t="s">
         <v>16</v>
       </c>
       <c r="G69" s="4" t="s">
         <v>16</v>
       </c>
       <c r="H69" s="4" t="s">
         <v>16</v>
       </c>
       <c r="I69" s="4" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="J69" s="4" t="s">
         <v>16</v>
       </c>
       <c r="K69" s="4" t="s">
         <v>16</v>
       </c>
       <c r="L69" s="4" t="s">
-        <v>321</v>
+        <v>330</v>
       </c>
       <c r="M69" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N69" s="4" t="s">
         <v>16</v>
       </c>
       <c r="O69" s="4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>322</v>
+        <v>331</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="E70" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F70" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G70" s="5" t="s">
         <v>16</v>
       </c>
       <c r="H70" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I70" s="5" t="s">
         <v>16</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="L70" s="5" t="s">
         <v>16</v>
       </c>
       <c r="M70" s="5" t="s">
         <v>16</v>
       </c>
       <c r="N70" s="5" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="O70" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B71" s="4" t="s">
-        <v>323</v>
+        <v>332</v>
       </c>
       <c r="C71" s="4" t="s">
-        <v>324</v>
+        <v>333</v>
       </c>
       <c r="D71" s="4" t="s">
-        <v>325</v>
+        <v>334</v>
       </c>
       <c r="E71" s="4" t="s">
         <v>16</v>
       </c>
       <c r="F71" s="4" t="s">
         <v>16</v>
       </c>
       <c r="G71" s="4" t="s">
-        <v>72</v>
+        <v>21</v>
       </c>
       <c r="H71" s="4" t="s">
         <v>16</v>
       </c>
       <c r="I71" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J71" s="4" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="K71" s="4" t="s">
         <v>16</v>
       </c>
       <c r="L71" s="4" t="s">
         <v>16</v>
       </c>
       <c r="M71" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N71" s="4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O71" s="4" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>326</v>
+        <v>335</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>327</v>
+        <v>336</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>328</v>
+        <v>337</v>
       </c>
       <c r="E72" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F72" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G72" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H72" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I72" s="5" t="s">
         <v>16</v>
       </c>
       <c r="J72" s="5" t="s">
         <v>16</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>329</v>
+        <v>338</v>
       </c>
       <c r="L72" s="5" t="s">
         <v>16</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>330</v>
+        <v>339</v>
       </c>
       <c r="N72" s="5" t="s">
         <v>16</v>
       </c>
       <c r="O72" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="4" t="s">
         <v>16</v>
       </c>
       <c r="B73" s="4" t="s">
-        <v>331</v>
+        <v>340</v>
       </c>
       <c r="C73" s="4" t="s">
-        <v>332</v>
+        <v>341</v>
       </c>
       <c r="D73" s="4" t="s">
-        <v>333</v>
+        <v>342</v>
       </c>
       <c r="E73" s="4" t="s">
         <v>16</v>
       </c>
       <c r="F73" s="4" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="G73" s="4" t="s">
         <v>16</v>
       </c>
       <c r="H73" s="4" t="s">
         <v>16</v>
       </c>
       <c r="I73" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J73" s="4" t="s">
         <v>16</v>
       </c>
       <c r="K73" s="4" t="s">
         <v>16</v>
       </c>
       <c r="L73" s="4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M73" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N73" s="4" t="s">
-        <v>334</v>
+        <v>343</v>
       </c>
       <c r="O73" s="4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>335</v>
+        <v>344</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>336</v>
+        <v>345</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>337</v>
+        <v>346</v>
       </c>
       <c r="E74" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F74" s="5" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="G74" s="5" t="s">
         <v>16</v>
       </c>
       <c r="H74" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I74" s="5" t="s">
         <v>16</v>
       </c>
       <c r="J74" s="5" t="s">
         <v>16</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>338</v>
+        <v>347</v>
       </c>
       <c r="L74" s="5" t="s">
-        <v>339</v>
+        <v>348</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="N74" s="5" t="s">
-        <v>340</v>
+        <v>349</v>
       </c>
       <c r="O74" s="5" t="s">
-        <v>295</v>
+        <v>304</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>