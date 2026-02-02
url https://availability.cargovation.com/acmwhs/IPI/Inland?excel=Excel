--- v0 (2025-11-01)
+++ v1 (2026-02-02)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Inland Warehouse List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="607" uniqueCount="607">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="618" uniqueCount="618">
   <si>
     <t>Inland Warehouse List</t>
   </si>
   <si>
     <t>PORT</t>
   </si>
   <si>
     <t>PORT CODE</t>
   </si>
   <si>
     <t>FIRM CODE</t>
   </si>
   <si>
     <t>UN CODE</t>
   </si>
   <si>
     <t>WAREHOUSE</t>
   </si>
   <si>
     <t>ADDRESS</t>
   </si>
   <si>
     <t>CITY</t>
   </si>
   <si>
@@ -332,99 +332,123 @@
   <si>
     <t>CHATTANOOGA</t>
   </si>
   <si>
     <t>R125</t>
   </si>
   <si>
     <t>MAF EXPEDITED INC</t>
   </si>
   <si>
     <t>225 FIRST ST.</t>
   </si>
   <si>
     <t>FORT OGLETHROPE</t>
   </si>
   <si>
     <t>30742</t>
   </si>
   <si>
     <t>CHAOPS@MGMAIR.COM</t>
   </si>
   <si>
     <t>(706)861-1001</t>
   </si>
   <si>
+    <t>CHECCT</t>
+  </si>
+  <si>
+    <t>E005</t>
+  </si>
+  <si>
+    <t>FIRSTLIFT LOGISTICS USA</t>
+  </si>
+  <si>
+    <t>6510 GREENLAND CHASE BLVD445</t>
+  </si>
+  <si>
+    <t>JACKSONVILLE</t>
+  </si>
+  <si>
+    <t>32258</t>
+  </si>
+  <si>
+    <t>OPERATIONS@FIRSTLIFTUSA.COM</t>
+  </si>
+  <si>
+    <t>AARON K</t>
+  </si>
+  <si>
     <t>CHICAGO</t>
   </si>
   <si>
     <t>K323</t>
   </si>
   <si>
     <t>ARROWPAC CHICAGO</t>
   </si>
   <si>
     <t>101 DOLLAR TREE LANE</t>
   </si>
   <si>
     <t>JOLIET</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>60436</t>
   </si>
   <si>
     <t>ARROWPACCHI@ARROWPAC.COM</t>
   </si>
   <si>
     <t>(630)378-0041</t>
   </si>
   <si>
     <t>(630)378-0402</t>
   </si>
   <si>
     <t>CINCINNATI</t>
   </si>
   <si>
     <t>HAZ4</t>
   </si>
   <si>
     <t>VOGT WAREHOUSE</t>
   </si>
   <si>
     <t>2795 E. SHARON RD.</t>
   </si>
   <si>
     <t>OH</t>
   </si>
   <si>
     <t>45241</t>
   </si>
   <si>
-    <t>COGTCIN@VOGTWAREHOUSE.COM</t>
+    <t>VOGTCIN@VOGTWAREHOUSE.COM</t>
   </si>
   <si>
     <t>(513)326-0281</t>
   </si>
   <si>
     <t>(513)771-0385</t>
   </si>
   <si>
     <t>CLEVELAND</t>
   </si>
   <si>
     <t>H651</t>
   </si>
   <si>
     <t>ON TIME DELIVERY</t>
   </si>
   <si>
     <t>6675 EASTLAND RD.</t>
   </si>
   <si>
     <t>MIDDLEBURG HEIGHTS</t>
   </si>
   <si>
     <t>044130</t>
   </si>
@@ -599,51 +623,51 @@
   <si>
     <t>V664</t>
   </si>
   <si>
     <t>7400 STILES ST.</t>
   </si>
   <si>
     <t>79915</t>
   </si>
   <si>
     <t>CFSGRPELP@TRANSMARITIME.COM;CARGORELEASEELP@TRANSMARITIME.COM</t>
   </si>
   <si>
     <t>(915)613-2928</t>
   </si>
   <si>
     <t>(915)772-7123</t>
   </si>
   <si>
     <t>GRAND RAPIDS</t>
   </si>
   <si>
     <t>I207</t>
   </si>
   <si>
-    <t>FORWARD AIR</t>
+    <t>FORWARD AIR (I207)</t>
   </si>
   <si>
     <t>5450 KRAFT AVE. SE</t>
   </si>
   <si>
     <t>49512</t>
   </si>
   <si>
     <t>TODD.FLATH@FORWARDAIR.COM;_FA_GRR@FORWARDAIR.COM</t>
   </si>
   <si>
     <t>(616)554-3388</t>
   </si>
   <si>
     <t>(616)554-3272</t>
   </si>
   <si>
     <t>GREENSBORO</t>
   </si>
   <si>
     <t>M513</t>
   </si>
   <si>
     <t>SPECIAL SERVICE FREIGHT CO</t>
   </si>
@@ -746,57 +770,51 @@
   <si>
     <t>HSVIMPORTS@LEGACY3PL.COM</t>
   </si>
   <si>
     <t>(256)772-4091</t>
   </si>
   <si>
     <t>(256)772-4499</t>
   </si>
   <si>
     <t>INDIANAPOLIS</t>
   </si>
   <si>
     <t>HAH5</t>
   </si>
   <si>
     <t>7899 SOUTH SERVICE RD. STE E</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>46241</t>
   </si>
   <si>
-    <t>INDOCEAN@AIRGENERAL.COM;KEVIN.CURLEY@AIRGENERAL.COM</t>
-[...5 lines deleted...]
-    <t>JACKSONVILLE</t>
+    <t>JUSTIN.FRANKLIN@AIRGENERAL.COM;KEVIN.CURLEY@AIRGENERAL.COM</t>
   </si>
   <si>
     <t>N202</t>
   </si>
   <si>
     <t>ARROWPAC CFS OF JACKSONVILLE</t>
   </si>
   <si>
     <t>2120 LANE AVE.NORTH</t>
   </si>
   <si>
     <t>FL</t>
   </si>
   <si>
     <t>32554</t>
   </si>
   <si>
     <t>CFSJAX@ARROWPAC.COM</t>
   </si>
   <si>
     <t>(904)781-6129</t>
   </si>
   <si>
     <t>(904)781-6483</t>
   </si>
@@ -854,50 +872,62 @@
   <si>
     <t>(865)984-4008</t>
   </si>
   <si>
     <t>(865)984-4040</t>
   </si>
   <si>
     <t>LAREDO</t>
   </si>
   <si>
     <t>V419</t>
   </si>
   <si>
     <t>TRANSMARITIME</t>
   </si>
   <si>
     <t>14213 TRANSPORTATION AVE.</t>
   </si>
   <si>
     <t>78045</t>
   </si>
   <si>
     <t>LTLDLVAPT@TRANSMARITIME.COM</t>
   </si>
   <si>
+    <t>LAREDO NON IPI</t>
+  </si>
+  <si>
+    <t>SA90</t>
+  </si>
+  <si>
+    <t>GRUPO LOGISTICS INC</t>
+  </si>
+  <si>
+    <t>426 LOGISTICS DR</t>
+  </si>
+  <si>
     <t>LAS VEGAS</t>
   </si>
   <si>
     <t>WAD6</t>
   </si>
   <si>
     <t>ENERGY TRANSPORT</t>
   </si>
   <si>
     <t>6065 POLARIS AVE. STE D</t>
   </si>
   <si>
     <t>NV</t>
   </si>
   <si>
     <t>89118</t>
   </si>
   <si>
     <t>ADEL@ENERGYTRANSPORTLOGISTICS.COM</t>
   </si>
   <si>
     <t>(702)960-4808</t>
   </si>
   <si>
     <t>(702)502-9995</t>
@@ -1313,66 +1343,66 @@
   <si>
     <t>(610)586-4304</t>
   </si>
   <si>
     <t>PHOENIX</t>
   </si>
   <si>
     <t>U147</t>
   </si>
   <si>
     <t>1411S. 47TH AVE. STE 140</t>
   </si>
   <si>
     <t>85043</t>
   </si>
   <si>
     <t>PHXOPS@ENERGYTRANSPORTLOGISTICS.COM</t>
   </si>
   <si>
     <t>(602)892-0719</t>
   </si>
   <si>
     <t>PITTSBURGH</t>
   </si>
   <si>
-    <t>B370</t>
-[...5 lines deleted...]
-    <t>2400 SWEENEY DR STE 100</t>
+    <t>A0I6</t>
+  </si>
+  <si>
+    <t>AIR GROUND XPRESS / MIDWEST EXPRESS</t>
+  </si>
+  <si>
+    <t>55 MATCHETTE ROAD</t>
   </si>
   <si>
     <t>CLINTON</t>
   </si>
   <si>
     <t>15026</t>
   </si>
   <si>
-    <t>AGXCES@AIRGROUNDXPRESS.COM</t>
+    <t>CFS.PIT@MIDWESTEXPRESSCO.COM</t>
   </si>
   <si>
     <t>(412)329-0200</t>
   </si>
   <si>
     <t>PORTLAND</t>
   </si>
   <si>
     <t>W995</t>
   </si>
   <si>
     <t>TERMINAL TRANSFER</t>
   </si>
   <si>
     <t>15745 N. LOMBARD STE 100</t>
   </si>
   <si>
     <t>OR</t>
   </si>
   <si>
     <t>97203</t>
   </si>
   <si>
     <t>IMPORTS2@TERMIMALTRANSFER.COM</t>
   </si>
@@ -1487,66 +1517,69 @@
   <si>
     <t>SALT LAKE CITY</t>
   </si>
   <si>
     <t>HAO3</t>
   </si>
   <si>
     <t>1515 S. DISRIBUTION DR. STE 600</t>
   </si>
   <si>
     <t>UT</t>
   </si>
   <si>
     <t>84104</t>
   </si>
   <si>
     <t>SLCOCEAN@AIRGENERAL.COM</t>
   </si>
   <si>
     <t>(801)806-0340</t>
   </si>
   <si>
     <t>SAN ANTONIO</t>
   </si>
   <si>
-    <t>T964</t>
-[...2 lines deleted...]
-    <t>242 N. WW WHITE RD.</t>
+    <t>SDL1</t>
+  </si>
+  <si>
+    <t>3410 BELGIUM LANE</t>
+  </si>
+  <si>
+    <t>SAN ANTONIO, TX</t>
   </si>
   <si>
     <t>78219</t>
   </si>
   <si>
-    <t>SFI-SA-ALL@SOUTHWESTFREIGHT.COM</t>
-[...5 lines deleted...]
-    <t>(210)337-5869</t>
+    <t>CARGORELEASESATX@TRANSMARITIME.COM</t>
+  </si>
+  <si>
+    <t>(254)275-0333</t>
+  </si>
+  <si>
+    <t>CHRISTOPHER GOLDEN</t>
   </si>
   <si>
     <t>SAN DIEGO</t>
   </si>
   <si>
     <t>WAA2</t>
   </si>
   <si>
     <t>6794 CALLE DE LINEA</t>
   </si>
   <si>
     <t>92154</t>
   </si>
   <si>
     <t>SANOPS@ENERGYTRANSPORTLOGISTICS.COM</t>
   </si>
   <si>
     <t>(619)324-1012</t>
   </si>
   <si>
     <t>SAN FRANCISCO</t>
   </si>
   <si>
     <t>Y874</t>
   </si>
@@ -1914,70 +1947,70 @@
     <xf numFmtId="0" fontId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" applyFont="1" fillId="2" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:O74"/>
+  <dimension ref="A1:O76"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.55945873260498" customWidth="1"/>
     <col min="2" max="2" width="11.094801902770996" customWidth="1"/>
     <col min="3" max="3" width="10.86972713470459" customWidth="1"/>
     <col min="4" max="4" width="9.140625" customWidth="1"/>
     <col min="5" max="5" width="42.49164962768555" customWidth="1"/>
     <col min="6" max="6" width="35.710777282714844" customWidth="1"/>
     <col min="7" max="7" width="20.973520278930664" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
     <col min="9" max="9" width="9.140625" customWidth="1"/>
     <col min="10" max="10" width="25.361448287963867" customWidth="1"/>
     <col min="11" max="11" width="72.17589569091797" customWidth="1"/>
     <col min="12" max="12" width="13.6054048538208" customWidth="1"/>
     <col min="13" max="13" width="13.6054048538208" customWidth="1"/>
-    <col min="14" max="14" width="9.3085298538208" customWidth="1"/>
+    <col min="14" max="14" width="21.02672004699707" customWidth="1"/>
     <col min="15" max="15" width="89.89778137207031" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
     </row>
     <row r="2">
       <c r="A2" s="3" t="s">
         <v>1</v>
@@ -2496,2923 +2529,3017 @@
       </c>
     </row>
     <row r="13">
       <c r="A13" s="4" t="s">
         <v>107</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>108</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>17</v>
       </c>
       <c r="E13" s="4" t="s">
         <v>109</v>
       </c>
       <c r="F13" s="4" t="s">
         <v>110</v>
       </c>
       <c r="G13" s="4" t="s">
         <v>111</v>
       </c>
       <c r="H13" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I13" s="4" t="s">
         <v>112</v>
       </c>
-      <c r="I13" s="4" t="s">
+      <c r="J13" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K13" s="4" t="s">
         <v>113</v>
       </c>
-      <c r="J13" s="4" t="s">
-[...2 lines deleted...]
-      <c r="K13" s="4" t="s">
+      <c r="L13" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="M13" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="N13" s="4" t="s">
         <v>114</v>
-      </c>
-[...7 lines deleted...]
-        <v>17</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="B14" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="D14" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E14" s="5" t="s">
         <v>117</v>
       </c>
-      <c r="B14" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C14" s="5" t="s">
+      <c r="F14" s="5" t="s">
         <v>118</v>
       </c>
-      <c r="D14" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E14" s="5" t="s">
+      <c r="G14" s="5" t="s">
         <v>119</v>
       </c>
-      <c r="F14" s="5" t="s">
+      <c r="H14" s="5" t="s">
         <v>120</v>
       </c>
-      <c r="G14" s="5" t="s">
-[...2 lines deleted...]
-      <c r="H14" s="5" t="s">
+      <c r="I14" s="5" t="s">
         <v>121</v>
       </c>
-      <c r="I14" s="5" t="s">
+      <c r="J14" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K14" s="5" t="s">
         <v>122</v>
       </c>
-      <c r="J14" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K14" s="5" t="s">
+      <c r="L14" s="5" t="s">
         <v>123</v>
       </c>
-      <c r="L14" s="5" t="s">
+      <c r="M14" s="5" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="N14" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O14" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="B15" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C15" s="4" t="s">
         <v>126</v>
       </c>
-      <c r="B15" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C15" s="4" t="s">
+      <c r="D15" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E15" s="4" t="s">
         <v>127</v>
       </c>
-      <c r="D15" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E15" s="4" t="s">
+      <c r="F15" s="4" t="s">
         <v>128</v>
       </c>
-      <c r="F15" s="4" t="s">
+      <c r="G15" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="H15" s="4" t="s">
         <v>129</v>
       </c>
-      <c r="G15" s="4" t="s">
+      <c r="I15" s="4" t="s">
         <v>130</v>
       </c>
-      <c r="H15" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I15" s="4" t="s">
+      <c r="J15" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K15" s="4" t="s">
         <v>131</v>
       </c>
-      <c r="J15" s="4" t="s">
-[...2 lines deleted...]
-      <c r="K15" s="4" t="s">
+      <c r="L15" s="4" t="s">
         <v>132</v>
       </c>
-      <c r="L15" s="4" t="s">
+      <c r="M15" s="4" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
         <v>134</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>135</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>17</v>
       </c>
       <c r="E16" s="5" t="s">
         <v>136</v>
       </c>
       <c r="F16" s="5" t="s">
         <v>137</v>
       </c>
       <c r="G16" s="5" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="H16" s="5" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="J16" s="5" t="s">
         <v>17</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="L16" s="5" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>141</v>
+        <v>17</v>
       </c>
       <c r="N16" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O16" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="4" t="s">
         <v>142</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>143</v>
       </c>
       <c r="D17" s="4" t="s">
         <v>17</v>
       </c>
       <c r="E17" s="4" t="s">
         <v>144</v>
       </c>
       <c r="F17" s="4" t="s">
         <v>145</v>
       </c>
       <c r="G17" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="H17" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="I17" s="4" t="s">
         <v>146</v>
       </c>
-      <c r="H17" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I17" s="4" t="s">
+      <c r="J17" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K17" s="4" t="s">
         <v>147</v>
       </c>
-      <c r="J17" s="4" t="s">
-[...2 lines deleted...]
-      <c r="K17" s="4" t="s">
+      <c r="L17" s="4" t="s">
         <v>148</v>
       </c>
-      <c r="L17" s="4" t="s">
+      <c r="M17" s="4" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
         <v>150</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>151</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>17</v>
       </c>
       <c r="E18" s="5" t="s">
         <v>152</v>
       </c>
       <c r="F18" s="5" t="s">
         <v>153</v>
       </c>
       <c r="G18" s="5" t="s">
         <v>154</v>
       </c>
       <c r="H18" s="5" t="s">
-        <v>121</v>
+        <v>32</v>
       </c>
       <c r="I18" s="5" t="s">
         <v>155</v>
       </c>
       <c r="J18" s="5" t="s">
         <v>17</v>
       </c>
       <c r="K18" s="5" t="s">
         <v>156</v>
       </c>
       <c r="L18" s="5" t="s">
         <v>157</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>158</v>
+        <v>17</v>
       </c>
       <c r="N18" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O18" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="B19" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C19" s="4" t="s">
         <v>159</v>
       </c>
-      <c r="B19" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C19" s="4" t="s">
+      <c r="D19" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E19" s="4" t="s">
         <v>160</v>
       </c>
-      <c r="D19" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E19" s="4" t="s">
+      <c r="F19" s="4" t="s">
         <v>161</v>
       </c>
-      <c r="F19" s="4" t="s">
+      <c r="G19" s="4" t="s">
         <v>162</v>
       </c>
-      <c r="G19" s="4" t="s">
+      <c r="H19" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="I19" s="4" t="s">
         <v>163</v>
       </c>
-      <c r="H19" s="4" t="s">
+      <c r="J19" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K19" s="4" t="s">
         <v>164</v>
       </c>
-      <c r="I19" s="4" t="s">
+      <c r="L19" s="4" t="s">
         <v>165</v>
       </c>
-      <c r="J19" s="4" t="s">
-[...2 lines deleted...]
-      <c r="K19" s="4" t="s">
+      <c r="M19" s="4" t="s">
         <v>166</v>
-      </c>
-[...4 lines deleted...]
-        <v>168</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="B20" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C20" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="D20" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E20" s="5" t="s">
         <v>169</v>
       </c>
-      <c r="B20" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C20" s="5" t="s">
+      <c r="F20" s="5" t="s">
         <v>170</v>
       </c>
-      <c r="D20" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E20" s="5" t="s">
+      <c r="G20" s="5" t="s">
         <v>171</v>
       </c>
-      <c r="F20" s="5" t="s">
+      <c r="H20" s="5" t="s">
         <v>172</v>
       </c>
-      <c r="G20" s="5" t="s">
-[...2 lines deleted...]
-      <c r="H20" s="5" t="s">
+      <c r="I20" s="5" t="s">
         <v>173</v>
       </c>
-      <c r="I20" s="5" t="s">
+      <c r="J20" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K20" s="5" t="s">
         <v>174</v>
       </c>
-      <c r="J20" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K20" s="5" t="s">
+      <c r="L20" s="5" t="s">
         <v>175</v>
       </c>
-      <c r="L20" s="5" t="s">
+      <c r="M20" s="5" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="N20" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O20" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="4" t="s">
         <v>177</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>178</v>
       </c>
       <c r="D21" s="4" t="s">
         <v>17</v>
       </c>
       <c r="E21" s="4" t="s">
         <v>179</v>
       </c>
       <c r="F21" s="4" t="s">
         <v>180</v>
       </c>
       <c r="G21" s="4" t="s">
+        <v>177</v>
+      </c>
+      <c r="H21" s="4" t="s">
         <v>181</v>
       </c>
-      <c r="H21" s="4" t="s">
+      <c r="I21" s="4" t="s">
         <v>182</v>
       </c>
-      <c r="I21" s="4" t="s">
+      <c r="J21" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K21" s="4" t="s">
         <v>183</v>
       </c>
-      <c r="J21" s="4" t="s">
-[...2 lines deleted...]
-      <c r="K21" s="4" t="s">
+      <c r="L21" s="4" t="s">
         <v>184</v>
       </c>
-      <c r="L21" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M21" s="4" t="s">
-        <v>186</v>
+        <v>17</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="B22" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C22" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="D22" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E22" s="5" t="s">
         <v>187</v>
       </c>
-      <c r="B22" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C22" s="5" t="s">
+      <c r="F22" s="5" t="s">
         <v>188</v>
       </c>
-      <c r="D22" s="5" t="s">
-[...5 lines deleted...]
-      <c r="F22" s="5" t="s">
+      <c r="G22" s="5" t="s">
         <v>189</v>
       </c>
-      <c r="G22" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H22" s="5" t="s">
-        <v>32</v>
+        <v>190</v>
       </c>
       <c r="I22" s="5" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="J22" s="5" t="s">
         <v>17</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="L22" s="5" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="N22" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O22" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="4" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C23" s="4" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D23" s="4" t="s">
         <v>17</v>
       </c>
       <c r="E23" s="4" t="s">
-        <v>196</v>
+        <v>67</v>
       </c>
       <c r="F23" s="4" t="s">
         <v>197</v>
       </c>
       <c r="G23" s="4" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="H23" s="4" t="s">
-        <v>182</v>
+        <v>32</v>
       </c>
       <c r="I23" s="4" t="s">
         <v>198</v>
       </c>
       <c r="J23" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>199</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>200</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>201</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
         <v>202</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>203</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>17</v>
       </c>
       <c r="E24" s="5" t="s">
         <v>204</v>
       </c>
       <c r="F24" s="5" t="s">
         <v>205</v>
       </c>
       <c r="G24" s="5" t="s">
         <v>202</v>
       </c>
       <c r="H24" s="5" t="s">
-        <v>95</v>
+        <v>190</v>
       </c>
       <c r="I24" s="5" t="s">
         <v>206</v>
       </c>
       <c r="J24" s="5" t="s">
         <v>17</v>
       </c>
       <c r="K24" s="5" t="s">
         <v>207</v>
       </c>
       <c r="L24" s="5" t="s">
         <v>208</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>17</v>
+        <v>209</v>
       </c>
       <c r="N24" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O24" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="4" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C25" s="4" t="s">
+        <v>211</v>
+      </c>
+      <c r="D25" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E25" s="4" t="s">
+        <v>212</v>
+      </c>
+      <c r="F25" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="G25" s="4" t="s">
         <v>210</v>
       </c>
-      <c r="D25" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H25" s="4" t="s">
-        <v>87</v>
+        <v>95</v>
       </c>
       <c r="I25" s="4" t="s">
         <v>214</v>
       </c>
       <c r="J25" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>215</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>216</v>
       </c>
       <c r="M25" s="4" t="s">
-        <v>217</v>
+        <v>17</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="B26" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C26" s="5" t="s">
         <v>218</v>
       </c>
-      <c r="B26" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C26" s="5" t="s">
+      <c r="D26" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E26" s="5" t="s">
         <v>219</v>
-      </c>
-[...4 lines deleted...]
-        <v>67</v>
       </c>
       <c r="F26" s="5" t="s">
         <v>220</v>
       </c>
       <c r="G26" s="5" t="s">
         <v>221</v>
       </c>
       <c r="H26" s="5" t="s">
-        <v>32</v>
+        <v>87</v>
       </c>
       <c r="I26" s="5" t="s">
         <v>222</v>
       </c>
       <c r="J26" s="5" t="s">
         <v>17</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>70</v>
+        <v>223</v>
       </c>
       <c r="L26" s="5" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="N26" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O26" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="4" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C27" s="4" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D27" s="4" t="s">
         <v>17</v>
       </c>
       <c r="E27" s="4" t="s">
-        <v>227</v>
+        <v>67</v>
       </c>
       <c r="F27" s="4" t="s">
         <v>228</v>
       </c>
       <c r="G27" s="4" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="H27" s="4" t="s">
         <v>32</v>
       </c>
       <c r="I27" s="4" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="J27" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K27" s="4" t="s">
-        <v>230</v>
+        <v>70</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>231</v>
       </c>
       <c r="M27" s="4" t="s">
-        <v>17</v>
+        <v>232</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C28" s="5" t="s">
+        <v>234</v>
+      </c>
+      <c r="D28" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E28" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="F28" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="G28" s="5" t="s">
         <v>233</v>
       </c>
-      <c r="D28" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H28" s="5" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="J28" s="5" t="s">
         <v>17</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="L28" s="5" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>239</v>
+        <v>17</v>
       </c>
       <c r="N28" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O28" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="4" t="s">
         <v>240</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>241</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>17</v>
       </c>
       <c r="E29" s="4" t="s">
-        <v>144</v>
+        <v>48</v>
       </c>
       <c r="F29" s="4" t="s">
         <v>242</v>
       </c>
       <c r="G29" s="4" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="H29" s="4" t="s">
-        <v>243</v>
+        <v>50</v>
       </c>
       <c r="I29" s="4" t="s">
         <v>244</v>
       </c>
       <c r="J29" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>245</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>246</v>
       </c>
       <c r="M29" s="4" t="s">
-        <v>17</v>
+        <v>247</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>17</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>249</v>
+        <v>152</v>
       </c>
       <c r="F30" s="5" t="s">
         <v>250</v>
       </c>
       <c r="G30" s="5" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="H30" s="5" t="s">
         <v>251</v>
       </c>
       <c r="I30" s="5" t="s">
         <v>252</v>
       </c>
       <c r="J30" s="5" t="s">
         <v>17</v>
       </c>
       <c r="K30" s="5" t="s">
         <v>253</v>
       </c>
       <c r="L30" s="5" t="s">
-        <v>254</v>
+        <v>17</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>255</v>
+        <v>17</v>
       </c>
       <c r="N30" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O30" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="B31" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C31" s="4" t="s">
+        <v>254</v>
+      </c>
+      <c r="D31" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E31" s="4" t="s">
+        <v>255</v>
+      </c>
+      <c r="F31" s="4" t="s">
         <v>256</v>
       </c>
-      <c r="B31" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C31" s="4" t="s">
+      <c r="G31" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="H31" s="4" t="s">
         <v>257</v>
       </c>
-      <c r="D31" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E31" s="4" t="s">
+      <c r="I31" s="4" t="s">
         <v>258</v>
       </c>
-      <c r="F31" s="4" t="s">
+      <c r="J31" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K31" s="4" t="s">
         <v>259</v>
       </c>
-      <c r="G31" s="4" t="s">
-[...2 lines deleted...]
-      <c r="H31" s="4" t="s">
+      <c r="L31" s="4" t="s">
         <v>260</v>
       </c>
-      <c r="I31" s="4" t="s">
+      <c r="M31" s="4" t="s">
         <v>261</v>
-      </c>
-[...10 lines deleted...]
-        <v>264</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="B32" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C32" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="D32" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="F32" s="5" t="s">
         <v>265</v>
       </c>
-      <c r="B32" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C32" s="5" t="s">
+      <c r="G32" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="H32" s="5" t="s">
         <v>266</v>
       </c>
-      <c r="D32" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E32" s="5" t="s">
+      <c r="I32" s="5" t="s">
         <v>267</v>
       </c>
-      <c r="F32" s="5" t="s">
+      <c r="J32" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K32" s="5" t="s">
         <v>268</v>
       </c>
-      <c r="G32" s="5" t="s">
+      <c r="L32" s="5" t="s">
         <v>269</v>
       </c>
-      <c r="H32" s="5" t="s">
+      <c r="M32" s="5" t="s">
         <v>270</v>
-      </c>
-[...13 lines deleted...]
-        <v>274</v>
       </c>
       <c r="N32" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O32" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="4" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C33" s="4" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>17</v>
       </c>
       <c r="E33" s="4" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="F33" s="4" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="G33" s="4" t="s">
         <v>275</v>
       </c>
       <c r="H33" s="4" t="s">
-        <v>32</v>
+        <v>276</v>
       </c>
       <c r="I33" s="4" t="s">
+        <v>277</v>
+      </c>
+      <c r="J33" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K33" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="L33" s="4" t="s">
         <v>279</v>
       </c>
-      <c r="J33" s="4" t="s">
-[...2 lines deleted...]
-      <c r="K33" s="4" t="s">
+      <c r="M33" s="4" t="s">
         <v>280</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
         <v>281</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>282</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>17</v>
       </c>
       <c r="E34" s="5" t="s">
         <v>283</v>
       </c>
       <c r="F34" s="5" t="s">
         <v>284</v>
       </c>
       <c r="G34" s="5" t="s">
         <v>281</v>
       </c>
       <c r="H34" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="I34" s="5" t="s">
         <v>285</v>
       </c>
-      <c r="I34" s="5" t="s">
+      <c r="J34" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K34" s="5" t="s">
         <v>286</v>
       </c>
-      <c r="J34" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L34" s="5" t="s">
-        <v>288</v>
+        <v>17</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>289</v>
+        <v>17</v>
       </c>
       <c r="N34" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O34" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="4" t="s">
+        <v>287</v>
+      </c>
+      <c r="B35" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C35" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="D35" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E35" s="4" t="s">
+        <v>289</v>
+      </c>
+      <c r="F35" s="4" t="s">
         <v>290</v>
       </c>
-      <c r="B35" s="4" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G35" s="4" t="s">
-        <v>290</v>
+        <v>281</v>
       </c>
       <c r="H35" s="4" t="s">
-        <v>294</v>
+        <v>32</v>
       </c>
       <c r="I35" s="4" t="s">
-        <v>295</v>
+        <v>285</v>
       </c>
       <c r="J35" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K35" s="4" t="s">
-        <v>296</v>
+        <v>17</v>
       </c>
       <c r="L35" s="4" t="s">
-        <v>297</v>
+        <v>17</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>17</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
+        <v>291</v>
+      </c>
+      <c r="B36" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C36" s="5" t="s">
+        <v>292</v>
+      </c>
+      <c r="D36" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E36" s="5" t="s">
+        <v>293</v>
+      </c>
+      <c r="F36" s="5" t="s">
+        <v>294</v>
+      </c>
+      <c r="G36" s="5" t="s">
+        <v>291</v>
+      </c>
+      <c r="H36" s="5" t="s">
+        <v>295</v>
+      </c>
+      <c r="I36" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="J36" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K36" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="L36" s="5" t="s">
         <v>298</v>
       </c>
-      <c r="B36" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C36" s="5" t="s">
+      <c r="M36" s="5" t="s">
         <v>299</v>
-      </c>
-[...28 lines deleted...]
-        <v>307</v>
       </c>
       <c r="N36" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O36" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="4" t="s">
-        <v>308</v>
+        <v>300</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C37" s="4" t="s">
-        <v>309</v>
+        <v>301</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>17</v>
       </c>
       <c r="E37" s="4" t="s">
-        <v>144</v>
+        <v>302</v>
       </c>
       <c r="F37" s="4" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="G37" s="4" t="s">
-        <v>308</v>
+        <v>300</v>
       </c>
       <c r="H37" s="4" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
       <c r="I37" s="4" t="s">
-        <v>312</v>
+        <v>305</v>
       </c>
       <c r="J37" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K37" s="4" t="s">
-        <v>313</v>
+        <v>306</v>
       </c>
       <c r="L37" s="4" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>17</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
+        <v>308</v>
+      </c>
+      <c r="B38" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C38" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E38" s="5" t="s">
+        <v>310</v>
+      </c>
+      <c r="F38" s="5" t="s">
+        <v>311</v>
+      </c>
+      <c r="G38" s="5" t="s">
+        <v>312</v>
+      </c>
+      <c r="H38" s="5" t="s">
+        <v>313</v>
+      </c>
+      <c r="I38" s="5" t="s">
+        <v>314</v>
+      </c>
+      <c r="J38" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K38" s="5" t="s">
         <v>315</v>
       </c>
-      <c r="B38" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C38" s="5" t="s">
+      <c r="L38" s="5" t="s">
         <v>316</v>
       </c>
-      <c r="D38" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E38" s="5" t="s">
+      <c r="M38" s="5" t="s">
         <v>317</v>
-      </c>
-[...22 lines deleted...]
-        <v>17</v>
       </c>
       <c r="N38" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O38" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="4" t="s">
+        <v>318</v>
+      </c>
+      <c r="B39" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C39" s="4" t="s">
+        <v>319</v>
+      </c>
+      <c r="D39" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E39" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="F39" s="4" t="s">
+        <v>320</v>
+      </c>
+      <c r="G39" s="4" t="s">
+        <v>318</v>
+      </c>
+      <c r="H39" s="4" t="s">
+        <v>321</v>
+      </c>
+      <c r="I39" s="4" t="s">
         <v>322</v>
       </c>
-      <c r="B39" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C39" s="4" t="s">
+      <c r="J39" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K39" s="4" t="s">
         <v>323</v>
       </c>
-      <c r="D39" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E39" s="4" t="s">
+      <c r="L39" s="4" t="s">
         <v>324</v>
       </c>
-      <c r="F39" s="4" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="M39" s="4" t="s">
-        <v>329</v>
+        <v>17</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
+        <v>325</v>
+      </c>
+      <c r="B40" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C40" s="5" t="s">
+        <v>326</v>
+      </c>
+      <c r="D40" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E40" s="5" t="s">
+        <v>327</v>
+      </c>
+      <c r="F40" s="5" t="s">
+        <v>328</v>
+      </c>
+      <c r="G40" s="5" t="s">
+        <v>325</v>
+      </c>
+      <c r="H40" s="5" t="s">
+        <v>276</v>
+      </c>
+      <c r="I40" s="5" t="s">
+        <v>329</v>
+      </c>
+      <c r="J40" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K40" s="5" t="s">
         <v>330</v>
       </c>
-      <c r="B40" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C40" s="5" t="s">
+      <c r="L40" s="5" t="s">
         <v>331</v>
       </c>
-      <c r="D40" s="5" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="M40" s="5" t="s">
-        <v>338</v>
+        <v>17</v>
       </c>
       <c r="N40" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O40" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="4" t="s">
+        <v>332</v>
+      </c>
+      <c r="B41" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C41" s="4" t="s">
+        <v>333</v>
+      </c>
+      <c r="D41" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E41" s="4" t="s">
+        <v>334</v>
+      </c>
+      <c r="F41" s="4" t="s">
+        <v>335</v>
+      </c>
+      <c r="G41" s="4" t="s">
+        <v>332</v>
+      </c>
+      <c r="H41" s="4" t="s">
+        <v>257</v>
+      </c>
+      <c r="I41" s="4" t="s">
+        <v>336</v>
+      </c>
+      <c r="J41" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K41" s="4" t="s">
+        <v>337</v>
+      </c>
+      <c r="L41" s="4" t="s">
+        <v>338</v>
+      </c>
+      <c r="M41" s="4" t="s">
         <v>339</v>
-      </c>
-[...34 lines deleted...]
-        <v>347</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O41" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
+        <v>340</v>
+      </c>
+      <c r="B42" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C42" s="5" t="s">
+        <v>341</v>
+      </c>
+      <c r="D42" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E42" s="5" t="s">
+        <v>342</v>
+      </c>
+      <c r="F42" s="5" t="s">
+        <v>343</v>
+      </c>
+      <c r="G42" s="5" t="s">
+        <v>340</v>
+      </c>
+      <c r="H42" s="5" t="s">
+        <v>344</v>
+      </c>
+      <c r="I42" s="5" t="s">
+        <v>345</v>
+      </c>
+      <c r="J42" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K42" s="5" t="s">
+        <v>346</v>
+      </c>
+      <c r="L42" s="5" t="s">
+        <v>347</v>
+      </c>
+      <c r="M42" s="5" t="s">
         <v>348</v>
-      </c>
-[...34 lines deleted...]
-        <v>17</v>
       </c>
       <c r="N42" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O42" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="4" t="s">
+        <v>349</v>
+      </c>
+      <c r="B43" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C43" s="4" t="s">
+        <v>350</v>
+      </c>
+      <c r="D43" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E43" s="4" t="s">
+        <v>351</v>
+      </c>
+      <c r="F43" s="4" t="s">
+        <v>352</v>
+      </c>
+      <c r="G43" s="4" t="s">
+        <v>353</v>
+      </c>
+      <c r="H43" s="4" t="s">
+        <v>354</v>
+      </c>
+      <c r="I43" s="4" t="s">
         <v>355</v>
       </c>
-      <c r="B43" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C43" s="4" t="s">
+      <c r="J43" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K43" s="4" t="s">
         <v>356</v>
       </c>
-      <c r="D43" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E43" s="4" t="s">
+      <c r="L43" s="4" t="s">
         <v>357</v>
       </c>
-      <c r="F43" s="4" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="M43" s="4" t="s">
-        <v>17</v>
+        <v>357</v>
       </c>
       <c r="N43" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O43" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="B44" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C44" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="D44" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E44" s="5" t="s">
+        <v>360</v>
+      </c>
+      <c r="F44" s="5" t="s">
+        <v>361</v>
+      </c>
+      <c r="G44" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="H44" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="I44" s="5" t="s">
         <v>362</v>
       </c>
-      <c r="B44" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C44" s="5" t="s">
+      <c r="J44" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K44" s="5" t="s">
         <v>363</v>
       </c>
-      <c r="D44" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E44" s="5" t="s">
+      <c r="L44" s="5" t="s">
         <v>364</v>
-      </c>
-[...19 lines deleted...]
-        <v>369</v>
       </c>
       <c r="M44" s="5" t="s">
         <v>17</v>
       </c>
       <c r="N44" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O44" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="4" t="s">
+        <v>365</v>
+      </c>
+      <c r="B45" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C45" s="4" t="s">
+        <v>366</v>
+      </c>
+      <c r="D45" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E45" s="4" t="s">
+        <v>367</v>
+      </c>
+      <c r="F45" s="4" t="s">
+        <v>368</v>
+      </c>
+      <c r="G45" s="4" t="s">
+        <v>369</v>
+      </c>
+      <c r="H45" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I45" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="J45" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K45" s="4" t="s">
         <v>370</v>
       </c>
-      <c r="B45" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C45" s="4" t="s">
+      <c r="L45" s="4" t="s">
         <v>371</v>
       </c>
-      <c r="D45" s="4" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="M45" s="4" t="s">
-        <v>377</v>
+        <v>17</v>
       </c>
       <c r="N45" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O45" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
+        <v>372</v>
+      </c>
+      <c r="B46" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C46" s="5" t="s">
+        <v>373</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E46" s="5" t="s">
+        <v>374</v>
+      </c>
+      <c r="F46" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="G46" s="5" t="s">
+        <v>376</v>
+      </c>
+      <c r="H46" s="5" t="s">
+        <v>276</v>
+      </c>
+      <c r="I46" s="5" t="s">
+        <v>377</v>
+      </c>
+      <c r="J46" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K46" s="5" t="s">
         <v>378</v>
       </c>
-      <c r="B46" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C46" s="5" t="s">
+      <c r="L46" s="5" t="s">
         <v>379</v>
-      </c>
-[...25 lines deleted...]
-        <v>384</v>
       </c>
       <c r="M46" s="5" t="s">
         <v>17</v>
       </c>
       <c r="N46" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O46" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="4" t="s">
+        <v>380</v>
+      </c>
+      <c r="B47" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C47" s="4" t="s">
+        <v>381</v>
+      </c>
+      <c r="D47" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E47" s="4" t="s">
+        <v>235</v>
+      </c>
+      <c r="F47" s="4" t="s">
+        <v>382</v>
+      </c>
+      <c r="G47" s="4" t="s">
+        <v>380</v>
+      </c>
+      <c r="H47" s="4" t="s">
+        <v>383</v>
+      </c>
+      <c r="I47" s="4" t="s">
+        <v>384</v>
+      </c>
+      <c r="J47" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K47" s="4" t="s">
         <v>385</v>
       </c>
-      <c r="B47" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C47" s="4" t="s">
+      <c r="L47" s="4" t="s">
         <v>386</v>
       </c>
-      <c r="D47" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E47" s="4" t="s">
+      <c r="M47" s="4" t="s">
         <v>387</v>
-      </c>
-[...22 lines deleted...]
-        <v>17</v>
       </c>
       <c r="N47" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O47" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="B48" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C48" s="5" t="s">
+        <v>389</v>
+      </c>
+      <c r="D48" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E48" s="5" t="s">
+        <v>293</v>
+      </c>
+      <c r="F48" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="G48" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="H48" s="5" t="s">
+        <v>391</v>
+      </c>
+      <c r="I48" s="5" t="s">
+        <v>392</v>
+      </c>
+      <c r="J48" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K48" s="5" t="s">
+        <v>393</v>
+      </c>
+      <c r="L48" s="5" t="s">
         <v>394</v>
       </c>
-      <c r="B48" s="5" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="M48" s="5" t="s">
-        <v>402</v>
+        <v>17</v>
       </c>
       <c r="N48" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O48" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="B49" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C49" s="4" t="s">
+        <v>396</v>
+      </c>
+      <c r="D49" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E49" s="4" t="s">
+        <v>397</v>
+      </c>
+      <c r="F49" s="4" t="s">
+        <v>398</v>
+      </c>
+      <c r="G49" s="4" t="s">
+        <v>399</v>
+      </c>
+      <c r="H49" s="4" t="s">
+        <v>400</v>
+      </c>
+      <c r="I49" s="4" t="s">
+        <v>401</v>
+      </c>
+      <c r="J49" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K49" s="4" t="s">
+        <v>402</v>
+      </c>
+      <c r="L49" s="4" t="s">
         <v>403</v>
-      </c>
-[...31 lines deleted...]
-        <v>410</v>
       </c>
       <c r="M49" s="4" t="s">
         <v>17</v>
       </c>
       <c r="N49" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O49" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
+        <v>404</v>
+      </c>
+      <c r="B50" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C50" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="D50" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E50" s="5" t="s">
+        <v>406</v>
+      </c>
+      <c r="F50" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="G50" s="5" t="s">
+        <v>404</v>
+      </c>
+      <c r="H50" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="I50" s="5" t="s">
+        <v>409</v>
+      </c>
+      <c r="J50" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K50" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="L50" s="5" t="s">
         <v>411</v>
       </c>
-      <c r="B50" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C50" s="5" t="s">
+      <c r="M50" s="5" t="s">
         <v>412</v>
-      </c>
-[...28 lines deleted...]
-        <v>17</v>
       </c>
       <c r="N50" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O50" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="4" t="s">
+        <v>413</v>
+      </c>
+      <c r="B51" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C51" s="4" t="s">
+        <v>414</v>
+      </c>
+      <c r="D51" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E51" s="4" t="s">
+        <v>415</v>
+      </c>
+      <c r="F51" s="4" t="s">
+        <v>416</v>
+      </c>
+      <c r="G51" s="4" t="s">
+        <v>413</v>
+      </c>
+      <c r="H51" s="4" t="s">
+        <v>417</v>
+      </c>
+      <c r="I51" s="4" t="s">
         <v>418</v>
       </c>
-      <c r="B51" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C51" s="4" t="s">
+      <c r="J51" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K51" s="4" t="s">
         <v>419</v>
       </c>
-      <c r="D51" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E51" s="4" t="s">
+      <c r="L51" s="4" t="s">
         <v>420</v>
-      </c>
-[...19 lines deleted...]
-        <v>426</v>
       </c>
       <c r="M51" s="4" t="s">
         <v>17</v>
       </c>
       <c r="N51" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O51" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
+        <v>421</v>
+      </c>
+      <c r="B52" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C52" s="5" t="s">
+        <v>422</v>
+      </c>
+      <c r="D52" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E52" s="5" t="s">
+        <v>423</v>
+      </c>
+      <c r="F52" s="5" t="s">
+        <v>424</v>
+      </c>
+      <c r="G52" s="5" t="s">
+        <v>421</v>
+      </c>
+      <c r="H52" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="I52" s="5" t="s">
+        <v>425</v>
+      </c>
+      <c r="J52" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K52" s="5" t="s">
+        <v>426</v>
+      </c>
+      <c r="L52" s="5" t="s">
         <v>427</v>
-      </c>
-[...31 lines deleted...]
-        <v>432</v>
       </c>
       <c r="M52" s="5" t="s">
         <v>17</v>
       </c>
       <c r="N52" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O52" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="4" t="s">
+        <v>428</v>
+      </c>
+      <c r="B53" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C53" s="4" t="s">
+        <v>429</v>
+      </c>
+      <c r="D53" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E53" s="4" t="s">
+        <v>430</v>
+      </c>
+      <c r="F53" s="4" t="s">
+        <v>431</v>
+      </c>
+      <c r="G53" s="4" t="s">
+        <v>432</v>
+      </c>
+      <c r="H53" s="4" t="s">
         <v>433</v>
       </c>
-      <c r="B53" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C53" s="4" t="s">
+      <c r="I53" s="4" t="s">
         <v>434</v>
       </c>
-      <c r="D53" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E53" s="4" t="s">
+      <c r="J53" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K53" s="4" t="s">
         <v>435</v>
       </c>
-      <c r="F53" s="4" t="s">
+      <c r="L53" s="4" t="s">
         <v>436</v>
-      </c>
-[...16 lines deleted...]
-        <v>440</v>
       </c>
       <c r="M53" s="4" t="s">
         <v>17</v>
       </c>
       <c r="N53" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O53" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
+        <v>437</v>
+      </c>
+      <c r="B54" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C54" s="5" t="s">
+        <v>438</v>
+      </c>
+      <c r="D54" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E54" s="5" t="s">
+        <v>293</v>
+      </c>
+      <c r="F54" s="5" t="s">
+        <v>439</v>
+      </c>
+      <c r="G54" s="5" t="s">
+        <v>437</v>
+      </c>
+      <c r="H54" s="5" t="s">
+        <v>391</v>
+      </c>
+      <c r="I54" s="5" t="s">
+        <v>440</v>
+      </c>
+      <c r="J54" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K54" s="5" t="s">
         <v>441</v>
       </c>
-      <c r="B54" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C54" s="5" t="s">
+      <c r="L54" s="5" t="s">
         <v>442</v>
       </c>
-      <c r="D54" s="5" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="M54" s="5" t="s">
-        <v>449</v>
+        <v>17</v>
       </c>
       <c r="N54" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O54" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="4" t="s">
+        <v>443</v>
+      </c>
+      <c r="B55" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C55" s="4" t="s">
+        <v>444</v>
+      </c>
+      <c r="D55" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E55" s="4" t="s">
+        <v>445</v>
+      </c>
+      <c r="F55" s="4" t="s">
+        <v>446</v>
+      </c>
+      <c r="G55" s="4" t="s">
+        <v>447</v>
+      </c>
+      <c r="H55" s="4" t="s">
+        <v>433</v>
+      </c>
+      <c r="I55" s="4" t="s">
+        <v>448</v>
+      </c>
+      <c r="J55" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K55" s="4" t="s">
+        <v>449</v>
+      </c>
+      <c r="L55" s="4" t="s">
         <v>450</v>
       </c>
-      <c r="B55" s="4" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="M55" s="4" t="s">
-        <v>459</v>
+        <v>17</v>
       </c>
       <c r="N55" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O55" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>460</v>
+        <v>451</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>461</v>
+        <v>452</v>
       </c>
       <c r="D56" s="5" t="s">
         <v>17</v>
       </c>
       <c r="E56" s="5" t="s">
-        <v>462</v>
+        <v>453</v>
       </c>
       <c r="F56" s="5" t="s">
-        <v>463</v>
+        <v>454</v>
       </c>
       <c r="G56" s="5" t="s">
-        <v>464</v>
+        <v>451</v>
       </c>
       <c r="H56" s="5" t="s">
-        <v>95</v>
+        <v>455</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>465</v>
+        <v>456</v>
       </c>
       <c r="J56" s="5" t="s">
         <v>17</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>466</v>
+        <v>457</v>
       </c>
       <c r="L56" s="5" t="s">
-        <v>467</v>
+        <v>458</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>17</v>
+        <v>459</v>
       </c>
       <c r="N56" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O56" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="4" t="s">
+        <v>460</v>
+      </c>
+      <c r="B57" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C57" s="4" t="s">
+        <v>461</v>
+      </c>
+      <c r="D57" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E57" s="4" t="s">
+        <v>462</v>
+      </c>
+      <c r="F57" s="4" t="s">
+        <v>463</v>
+      </c>
+      <c r="G57" s="4" t="s">
+        <v>464</v>
+      </c>
+      <c r="H57" s="4" t="s">
+        <v>465</v>
+      </c>
+      <c r="I57" s="4" t="s">
+        <v>466</v>
+      </c>
+      <c r="J57" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K57" s="4" t="s">
+        <v>467</v>
+      </c>
+      <c r="L57" s="4" t="s">
         <v>468</v>
       </c>
-      <c r="B57" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C57" s="4" t="s">
+      <c r="M57" s="4" t="s">
         <v>469</v>
-      </c>
-[...28 lines deleted...]
-        <v>476</v>
       </c>
       <c r="N57" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O57" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
+        <v>470</v>
+      </c>
+      <c r="B58" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C58" s="5" t="s">
+        <v>471</v>
+      </c>
+      <c r="D58" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E58" s="5" t="s">
+        <v>472</v>
+      </c>
+      <c r="F58" s="5" t="s">
+        <v>473</v>
+      </c>
+      <c r="G58" s="5" t="s">
+        <v>474</v>
+      </c>
+      <c r="H58" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="I58" s="5" t="s">
+        <v>475</v>
+      </c>
+      <c r="J58" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K58" s="5" t="s">
+        <v>476</v>
+      </c>
+      <c r="L58" s="5" t="s">
         <v>477</v>
       </c>
-      <c r="B58" s="5" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="M58" s="5" t="s">
-        <v>483</v>
+        <v>17</v>
       </c>
       <c r="N58" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O58" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="4" t="s">
+        <v>478</v>
+      </c>
+      <c r="B59" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C59" s="4" t="s">
+        <v>479</v>
+      </c>
+      <c r="D59" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E59" s="4" t="s">
+        <v>480</v>
+      </c>
+      <c r="F59" s="4" t="s">
+        <v>481</v>
+      </c>
+      <c r="G59" s="4" t="s">
+        <v>478</v>
+      </c>
+      <c r="H59" s="4" t="s">
+        <v>482</v>
+      </c>
+      <c r="I59" s="4" t="s">
+        <v>483</v>
+      </c>
+      <c r="J59" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K59" s="4" t="s">
         <v>484</v>
       </c>
-      <c r="B59" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C59" s="4" t="s">
+      <c r="L59" s="4" t="s">
         <v>485</v>
       </c>
-      <c r="D59" s="4" t="s">
-[...5 lines deleted...]
-      <c r="F59" s="4" t="s">
+      <c r="M59" s="4" t="s">
         <v>486</v>
-      </c>
-[...19 lines deleted...]
-        <v>17</v>
       </c>
       <c r="N59" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O59" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
+        <v>487</v>
+      </c>
+      <c r="B60" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C60" s="5" t="s">
+        <v>488</v>
+      </c>
+      <c r="D60" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E60" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="F60" s="5" t="s">
+        <v>489</v>
+      </c>
+      <c r="G60" s="5" t="s">
+        <v>487</v>
+      </c>
+      <c r="H60" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="I60" s="5" t="s">
+        <v>490</v>
+      </c>
+      <c r="J60" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K60" s="5" t="s">
         <v>491</v>
       </c>
-      <c r="B60" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C60" s="5" t="s">
+      <c r="L60" s="5" t="s">
         <v>492</v>
       </c>
-      <c r="D60" s="5" t="s">
-[...5 lines deleted...]
-      <c r="F60" s="5" t="s">
+      <c r="M60" s="5" t="s">
         <v>493</v>
-      </c>
-[...19 lines deleted...]
-        <v>497</v>
       </c>
       <c r="N60" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O60" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="4" t="s">
+        <v>494</v>
+      </c>
+      <c r="B61" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C61" s="4" t="s">
+        <v>495</v>
+      </c>
+      <c r="D61" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E61" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="F61" s="4" t="s">
+        <v>496</v>
+      </c>
+      <c r="G61" s="4" t="s">
+        <v>494</v>
+      </c>
+      <c r="H61" s="4" t="s">
+        <v>497</v>
+      </c>
+      <c r="I61" s="4" t="s">
         <v>498</v>
       </c>
-      <c r="B61" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C61" s="4" t="s">
+      <c r="J61" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K61" s="4" t="s">
         <v>499</v>
       </c>
-      <c r="D61" s="4" t="s">
-[...5 lines deleted...]
-      <c r="F61" s="4" t="s">
+      <c r="L61" s="4" t="s">
         <v>500</v>
-      </c>
-[...16 lines deleted...]
-        <v>503</v>
       </c>
       <c r="M61" s="4" t="s">
         <v>17</v>
       </c>
       <c r="N61" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O61" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="B62" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C62" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="D62" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E62" s="5" t="s">
+        <v>283</v>
+      </c>
+      <c r="F62" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="G62" s="5" t="s">
         <v>504</v>
       </c>
-      <c r="B62" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C62" s="5" t="s">
+      <c r="H62" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="I62" s="5" t="s">
         <v>505</v>
       </c>
-      <c r="D62" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E62" s="5" t="s">
+      <c r="J62" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K62" s="5" t="s">
         <v>506</v>
       </c>
-      <c r="F62" s="5" t="s">
+      <c r="L62" s="5" t="s">
         <v>507</v>
       </c>
-      <c r="G62" s="5" t="s">
+      <c r="M62" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N62" s="5" t="s">
         <v>508</v>
-      </c>
-[...19 lines deleted...]
-        <v>17</v>
       </c>
       <c r="O62" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="4" t="s">
+        <v>509</v>
+      </c>
+      <c r="B63" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C63" s="4" t="s">
+        <v>510</v>
+      </c>
+      <c r="D63" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E63" s="4" t="s">
+        <v>293</v>
+      </c>
+      <c r="F63" s="4" t="s">
+        <v>511</v>
+      </c>
+      <c r="G63" s="4" t="s">
+        <v>509</v>
+      </c>
+      <c r="H63" s="4" t="s">
+        <v>313</v>
+      </c>
+      <c r="I63" s="4" t="s">
+        <v>512</v>
+      </c>
+      <c r="J63" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K63" s="4" t="s">
         <v>513</v>
       </c>
-      <c r="B63" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C63" s="4" t="s">
+      <c r="L63" s="4" t="s">
         <v>514</v>
       </c>
-      <c r="D63" s="4" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="M63" s="4" t="s">
-        <v>521</v>
+        <v>17</v>
       </c>
       <c r="N63" s="4" t="s">
-        <v>522</v>
+        <v>17</v>
       </c>
       <c r="O63" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
+        <v>515</v>
+      </c>
+      <c r="B64" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C64" s="5" t="s">
+        <v>516</v>
+      </c>
+      <c r="D64" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E64" s="5" t="s">
+        <v>517</v>
+      </c>
+      <c r="F64" s="5" t="s">
+        <v>518</v>
+      </c>
+      <c r="G64" s="5" t="s">
+        <v>519</v>
+      </c>
+      <c r="H64" s="5" t="s">
+        <v>313</v>
+      </c>
+      <c r="I64" s="5" t="s">
+        <v>520</v>
+      </c>
+      <c r="J64" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K64" s="5" t="s">
+        <v>521</v>
+      </c>
+      <c r="L64" s="5" t="s">
+        <v>522</v>
+      </c>
+      <c r="M64" s="5" t="s">
         <v>523</v>
-      </c>
-[...34 lines deleted...]
-        <v>531</v>
       </c>
       <c r="N64" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O64" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="4" t="s">
+        <v>524</v>
+      </c>
+      <c r="B65" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C65" s="4" t="s">
+        <v>525</v>
+      </c>
+      <c r="D65" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E65" s="4" t="s">
+        <v>526</v>
+      </c>
+      <c r="F65" s="4" t="s">
+        <v>527</v>
+      </c>
+      <c r="G65" s="4" t="s">
+        <v>528</v>
+      </c>
+      <c r="H65" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="I65" s="4" t="s">
+        <v>529</v>
+      </c>
+      <c r="J65" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K65" s="4" t="s">
+        <v>530</v>
+      </c>
+      <c r="L65" s="4" t="s">
+        <v>531</v>
+      </c>
+      <c r="M65" s="4" t="s">
         <v>532</v>
       </c>
-      <c r="B65" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C65" s="4" t="s">
+      <c r="N65" s="4" t="s">
         <v>533</v>
-      </c>
-[...31 lines deleted...]
-        <v>17</v>
       </c>
       <c r="O65" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
+        <v>534</v>
+      </c>
+      <c r="B66" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C66" s="5" t="s">
+        <v>535</v>
+      </c>
+      <c r="D66" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E66" s="5" t="s">
+        <v>453</v>
+      </c>
+      <c r="F66" s="5" t="s">
+        <v>536</v>
+      </c>
+      <c r="G66" s="5" t="s">
+        <v>537</v>
+      </c>
+      <c r="H66" s="5" t="s">
+        <v>538</v>
+      </c>
+      <c r="I66" s="5" t="s">
+        <v>539</v>
+      </c>
+      <c r="J66" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K66" s="5" t="s">
         <v>540</v>
       </c>
-      <c r="B66" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C66" s="5" t="s">
+      <c r="L66" s="5" t="s">
         <v>541</v>
       </c>
-      <c r="D66" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E66" s="5" t="s">
+      <c r="M66" s="5" t="s">
         <v>542</v>
-      </c>
-[...22 lines deleted...]
-        <v>17</v>
       </c>
       <c r="N66" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O66" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="4" t="s">
+        <v>543</v>
+      </c>
+      <c r="B67" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C67" s="4" t="s">
+        <v>544</v>
+      </c>
+      <c r="D67" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E67" s="4" t="s">
+        <v>545</v>
+      </c>
+      <c r="F67" s="4" t="s">
+        <v>546</v>
+      </c>
+      <c r="G67" s="4" t="s">
+        <v>543</v>
+      </c>
+      <c r="H67" s="4" t="s">
+        <v>266</v>
+      </c>
+      <c r="I67" s="4" t="s">
+        <v>547</v>
+      </c>
+      <c r="J67" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K67" s="4" t="s">
         <v>548</v>
       </c>
-      <c r="B67" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C67" s="4" t="s">
+      <c r="L67" s="4" t="s">
         <v>549</v>
       </c>
-      <c r="D67" s="4" t="s">
-[...5 lines deleted...]
-      <c r="F67" s="4" t="s">
+      <c r="M67" s="4" t="s">
         <v>550</v>
-      </c>
-[...19 lines deleted...]
-        <v>17</v>
       </c>
       <c r="N67" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O67" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
+        <v>551</v>
+      </c>
+      <c r="B68" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C68" s="5" t="s">
+        <v>552</v>
+      </c>
+      <c r="D68" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E68" s="5" t="s">
+        <v>553</v>
+      </c>
+      <c r="F68" s="5" t="s">
         <v>554</v>
       </c>
-      <c r="B68" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C68" s="5" t="s">
+      <c r="G68" s="5" t="s">
         <v>555</v>
       </c>
-      <c r="D68" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E68" s="5" t="s">
+      <c r="H68" s="5" t="s">
+        <v>266</v>
+      </c>
+      <c r="I68" s="5" t="s">
         <v>556</v>
       </c>
-      <c r="F68" s="5" t="s">
+      <c r="J68" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K68" s="5" t="s">
         <v>557</v>
       </c>
-      <c r="G68" s="5" t="s">
-[...5 lines deleted...]
-      <c r="I68" s="5" t="s">
+      <c r="L68" s="5" t="s">
         <v>558</v>
       </c>
-      <c r="J68" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M68" s="5" t="s">
-        <v>561</v>
+        <v>17</v>
       </c>
       <c r="N68" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O68" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="4" t="s">
+        <v>559</v>
+      </c>
+      <c r="B69" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C69" s="4" t="s">
+        <v>560</v>
+      </c>
+      <c r="D69" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E69" s="4" t="s">
+        <v>423</v>
+      </c>
+      <c r="F69" s="4" t="s">
+        <v>561</v>
+      </c>
+      <c r="G69" s="4" t="s">
+        <v>559</v>
+      </c>
+      <c r="H69" s="4" t="s">
+        <v>257</v>
+      </c>
+      <c r="I69" s="4" t="s">
         <v>562</v>
       </c>
-      <c r="B69" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C69" s="4" t="s">
+      <c r="J69" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K69" s="4" t="s">
         <v>563</v>
       </c>
-      <c r="D69" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E69" s="4" t="s">
+      <c r="L69" s="4" t="s">
         <v>564</v>
-      </c>
-[...19 lines deleted...]
-        <v>568</v>
       </c>
       <c r="M69" s="4" t="s">
         <v>17</v>
       </c>
       <c r="N69" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O69" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
+        <v>565</v>
+      </c>
+      <c r="B70" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C70" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="D70" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E70" s="5" t="s">
+        <v>567</v>
+      </c>
+      <c r="F70" s="5" t="s">
+        <v>568</v>
+      </c>
+      <c r="G70" s="5" t="s">
+        <v>565</v>
+      </c>
+      <c r="H70" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="I70" s="5" t="s">
         <v>569</v>
       </c>
-      <c r="B70" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C70" s="5" t="s">
+      <c r="J70" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K70" s="5" t="s">
         <v>570</v>
       </c>
-      <c r="D70" s="5" t="s">
-[...5 lines deleted...]
-      <c r="F70" s="5" t="s">
+      <c r="L70" s="5" t="s">
         <v>571</v>
       </c>
-      <c r="G70" s="5" t="s">
-[...5 lines deleted...]
-      <c r="I70" s="5" t="s">
+      <c r="M70" s="5" t="s">
         <v>572</v>
-      </c>
-[...10 lines deleted...]
-        <v>574</v>
       </c>
       <c r="N70" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O70" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="4" t="s">
+        <v>573</v>
+      </c>
+      <c r="B71" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C71" s="4" t="s">
+        <v>574</v>
+      </c>
+      <c r="D71" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E71" s="4" t="s">
         <v>575</v>
       </c>
-      <c r="B71" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C71" s="4" t="s">
+      <c r="F71" s="4" t="s">
         <v>576</v>
       </c>
-      <c r="D71" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E71" s="4" t="s">
+      <c r="G71" s="4" t="s">
         <v>577</v>
       </c>
-      <c r="F71" s="4" t="s">
+      <c r="H71" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="I71" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="J71" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K71" s="4" t="s">
         <v>578</v>
       </c>
-      <c r="G71" s="4" t="s">
+      <c r="L71" s="4" t="s">
         <v>579</v>
       </c>
-      <c r="H71" s="4" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="M71" s="4" t="s">
-        <v>583</v>
+        <v>17</v>
       </c>
       <c r="N71" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O71" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
+        <v>580</v>
+      </c>
+      <c r="B72" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C72" s="5" t="s">
+        <v>581</v>
+      </c>
+      <c r="D72" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E72" s="5" t="s">
+        <v>293</v>
+      </c>
+      <c r="F72" s="5" t="s">
+        <v>582</v>
+      </c>
+      <c r="G72" s="5" t="s">
+        <v>580</v>
+      </c>
+      <c r="H72" s="5" t="s">
+        <v>391</v>
+      </c>
+      <c r="I72" s="5" t="s">
+        <v>583</v>
+      </c>
+      <c r="J72" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K72" s="5" t="s">
         <v>584</v>
       </c>
-      <c r="B72" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C72" s="5" t="s">
+      <c r="L72" s="5" t="s">
         <v>585</v>
       </c>
-      <c r="D72" s="5" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="M72" s="5" t="s">
-        <v>17</v>
+        <v>585</v>
       </c>
       <c r="N72" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O72" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="4" t="s">
+        <v>586</v>
+      </c>
+      <c r="B73" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C73" s="4" t="s">
+        <v>587</v>
+      </c>
+      <c r="D73" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E73" s="4" t="s">
+        <v>588</v>
+      </c>
+      <c r="F73" s="4" t="s">
+        <v>589</v>
+      </c>
+      <c r="G73" s="4" t="s">
+        <v>590</v>
+      </c>
+      <c r="H73" s="4" t="s">
+        <v>408</v>
+      </c>
+      <c r="I73" s="4" t="s">
         <v>591</v>
       </c>
-      <c r="B73" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C73" s="4" t="s">
+      <c r="J73" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K73" s="4" t="s">
         <v>592</v>
       </c>
-      <c r="D73" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E73" s="4" t="s">
+      <c r="L73" s="4" t="s">
         <v>593</v>
       </c>
-      <c r="F73" s="4" t="s">
+      <c r="M73" s="4" t="s">
         <v>594</v>
-      </c>
-[...19 lines deleted...]
-        <v>17</v>
       </c>
       <c r="N73" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O73" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>599</v>
+        <v>595</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>600</v>
+        <v>596</v>
       </c>
       <c r="D74" s="5" t="s">
         <v>17</v>
       </c>
       <c r="E74" s="5" t="s">
-        <v>601</v>
+        <v>597</v>
       </c>
       <c r="F74" s="5" t="s">
-        <v>602</v>
+        <v>598</v>
       </c>
       <c r="G74" s="5" t="s">
         <v>599</v>
       </c>
       <c r="H74" s="5" t="s">
+        <v>482</v>
+      </c>
+      <c r="I74" s="5" t="s">
+        <v>600</v>
+      </c>
+      <c r="J74" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K74" s="5" t="s">
+        <v>601</v>
+      </c>
+      <c r="L74" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="M74" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N74" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="O74" s="5" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="4" t="s">
+        <v>602</v>
+      </c>
+      <c r="B75" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C75" s="4" t="s">
+        <v>603</v>
+      </c>
+      <c r="D75" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E75" s="4" t="s">
+        <v>604</v>
+      </c>
+      <c r="F75" s="4" t="s">
+        <v>605</v>
+      </c>
+      <c r="G75" s="4" t="s">
+        <v>602</v>
+      </c>
+      <c r="H75" s="4" t="s">
+        <v>606</v>
+      </c>
+      <c r="I75" s="4" t="s">
+        <v>607</v>
+      </c>
+      <c r="J75" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K75" s="4" t="s">
+        <v>608</v>
+      </c>
+      <c r="L75" s="4" t="s">
+        <v>609</v>
+      </c>
+      <c r="M75" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="N75" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="O75" s="4" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="5" t="s">
+        <v>610</v>
+      </c>
+      <c r="B76" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C76" s="5" t="s">
+        <v>611</v>
+      </c>
+      <c r="D76" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E76" s="5" t="s">
+        <v>612</v>
+      </c>
+      <c r="F76" s="5" t="s">
+        <v>613</v>
+      </c>
+      <c r="G76" s="5" t="s">
+        <v>610</v>
+      </c>
+      <c r="H76" s="5" t="s">
         <v>95</v>
       </c>
-      <c r="I74" s="5" t="s">
-[...17 lines deleted...]
-      <c r="O74" s="5" t="s">
+      <c r="I76" s="5" t="s">
+        <v>614</v>
+      </c>
+      <c r="J76" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K76" s="5" t="s">
+        <v>615</v>
+      </c>
+      <c r="L76" s="5" t="s">
+        <v>616</v>
+      </c>
+      <c r="M76" s="5" t="s">
+        <v>617</v>
+      </c>
+      <c r="N76" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="O76" s="5" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>