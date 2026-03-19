--- v1 (2026-02-02)
+++ v2 (2026-03-19)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Inland Warehouse List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="618" uniqueCount="618">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="625" uniqueCount="625">
   <si>
     <t>Inland Warehouse List</t>
   </si>
   <si>
     <t>PORT</t>
   </si>
   <si>
     <t>PORT CODE</t>
   </si>
   <si>
     <t>FIRM CODE</t>
   </si>
   <si>
     <t>UN CODE</t>
   </si>
   <si>
     <t>WAREHOUSE</t>
   </si>
   <si>
     <t>ADDRESS</t>
   </si>
   <si>
     <t>CITY</t>
   </si>
   <si>
@@ -255,50 +255,71 @@
     <t>BUFFALO</t>
   </si>
   <si>
     <t>AAA3</t>
   </si>
   <si>
     <t>MOBILE AIR TRANSPORT</t>
   </si>
   <si>
     <t>3813 BROADWAY RD.</t>
   </si>
   <si>
     <t>NY</t>
   </si>
   <si>
     <t>14277</t>
   </si>
   <si>
     <t>BONDS-BUF@MOBILEAIRTRANS.COM</t>
   </si>
   <si>
     <t>(716)651-9383</t>
   </si>
   <si>
     <t>(716)561-9870</t>
+  </si>
+  <si>
+    <t>CADI</t>
+  </si>
+  <si>
+    <t>A0J1</t>
+  </si>
+  <si>
+    <t>CADI COMPANY, INC. (FTZ)</t>
+  </si>
+  <si>
+    <t>60 RADO DR.</t>
+  </si>
+  <si>
+    <t>NAUGATUCK</t>
+  </si>
+  <si>
+    <t>CT</t>
+  </si>
+  <si>
+    <t>06770</t>
   </si>
   <si>
     <t>CHARLESTON</t>
   </si>
   <si>
     <t>LEH6</t>
   </si>
   <si>
     <t>GUARDIAN LOGISTICS (CHARLESTON)</t>
   </si>
   <si>
     <t>454 TRADEORT DR. STE 500</t>
   </si>
   <si>
     <t>SUMMERVILLE</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>29483</t>
   </si>
   <si>
     <t>OPSCHS@GLSNC.COM</t>
   </si>
@@ -1947,51 +1968,51 @@
     <xf numFmtId="0" fontId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" applyFont="1" fillId="2" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:O76"/>
+  <dimension ref="A1:O77"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.55945873260498" customWidth="1"/>
     <col min="2" max="2" width="11.094801902770996" customWidth="1"/>
     <col min="3" max="3" width="10.86972713470459" customWidth="1"/>
     <col min="4" max="4" width="9.140625" customWidth="1"/>
     <col min="5" max="5" width="42.49164962768555" customWidth="1"/>
     <col min="6" max="6" width="35.710777282714844" customWidth="1"/>
     <col min="7" max="7" width="20.973520278930664" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
     <col min="9" max="9" width="9.140625" customWidth="1"/>
     <col min="10" max="10" width="25.361448287963867" customWidth="1"/>
     <col min="11" max="11" width="72.17589569091797" customWidth="1"/>
     <col min="12" max="12" width="13.6054048538208" customWidth="1"/>
     <col min="13" max="13" width="13.6054048538208" customWidth="1"/>
     <col min="14" max="14" width="21.02672004699707" customWidth="1"/>
     <col min="15" max="15" width="89.89778137207031" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
@@ -2397,3149 +2418,3196 @@
       <c r="C10" s="5" t="s">
         <v>83</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="E10" s="5" t="s">
         <v>84</v>
       </c>
       <c r="F10" s="5" t="s">
         <v>85</v>
       </c>
       <c r="G10" s="5" t="s">
         <v>86</v>
       </c>
       <c r="H10" s="5" t="s">
         <v>87</v>
       </c>
       <c r="I10" s="5" t="s">
         <v>88</v>
       </c>
       <c r="J10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>89</v>
+        <v>17</v>
       </c>
       <c r="L10" s="5" t="s">
-        <v>90</v>
+        <v>17</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>90</v>
+        <v>17</v>
       </c>
       <c r="N10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O10" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C11" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E11" s="4" t="s">
         <v>91</v>
       </c>
-      <c r="B11" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C11" s="4" t="s">
+      <c r="F11" s="4" t="s">
         <v>92</v>
       </c>
-      <c r="D11" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E11" s="4" t="s">
+      <c r="G11" s="4" t="s">
         <v>93</v>
       </c>
-      <c r="F11" s="4" t="s">
+      <c r="H11" s="4" t="s">
         <v>94</v>
       </c>
-      <c r="G11" s="4" t="s">
-[...2 lines deleted...]
-      <c r="H11" s="4" t="s">
+      <c r="I11" s="4" t="s">
         <v>95</v>
       </c>
-      <c r="I11" s="4" t="s">
+      <c r="J11" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K11" s="4" t="s">
         <v>96</v>
       </c>
-      <c r="J11" s="4" t="s">
-[...2 lines deleted...]
-      <c r="K11" s="4" t="s">
+      <c r="L11" s="4" t="s">
         <v>97</v>
       </c>
-      <c r="L11" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M11" s="4" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="B12" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C12" s="5" t="s">
         <v>99</v>
       </c>
-      <c r="B12" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C12" s="5" t="s">
+      <c r="D12" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E12" s="5" t="s">
         <v>100</v>
       </c>
-      <c r="D12" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E12" s="5" t="s">
+      <c r="F12" s="5" t="s">
         <v>101</v>
       </c>
-      <c r="F12" s="5" t="s">
+      <c r="G12" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="H12" s="5" t="s">
         <v>102</v>
       </c>
-      <c r="G12" s="5" t="s">
+      <c r="I12" s="5" t="s">
         <v>103</v>
       </c>
-      <c r="H12" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I12" s="5" t="s">
+      <c r="J12" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K12" s="5" t="s">
         <v>104</v>
       </c>
-      <c r="J12" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K12" s="5" t="s">
+      <c r="L12" s="5" t="s">
         <v>105</v>
       </c>
-      <c r="L12" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M12" s="5" t="s">
-        <v>17</v>
+        <v>105</v>
       </c>
       <c r="N12" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O12" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="B13" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C13" s="4" t="s">
         <v>107</v>
       </c>
-      <c r="B13" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C13" s="4" t="s">
+      <c r="D13" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E13" s="4" t="s">
         <v>108</v>
       </c>
-      <c r="D13" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E13" s="4" t="s">
+      <c r="F13" s="4" t="s">
         <v>109</v>
       </c>
-      <c r="F13" s="4" t="s">
+      <c r="G13" s="4" t="s">
         <v>110</v>
       </c>
-      <c r="G13" s="4" t="s">
+      <c r="H13" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="I13" s="4" t="s">
         <v>111</v>
       </c>
-      <c r="H13" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I13" s="4" t="s">
+      <c r="J13" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K13" s="4" t="s">
         <v>112</v>
       </c>
-      <c r="J13" s="4" t="s">
-[...2 lines deleted...]
-      <c r="K13" s="4" t="s">
+      <c r="L13" s="4" t="s">
         <v>113</v>
       </c>
-      <c r="L13" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M13" s="4" t="s">
         <v>17</v>
       </c>
       <c r="N13" s="4" t="s">
-        <v>114</v>
+        <v>17</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="B14" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C14" s="5" t="s">
         <v>115</v>
       </c>
-      <c r="B14" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C14" s="5" t="s">
+      <c r="D14" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E14" s="5" t="s">
         <v>116</v>
       </c>
-      <c r="D14" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E14" s="5" t="s">
+      <c r="F14" s="5" t="s">
         <v>117</v>
       </c>
-      <c r="F14" s="5" t="s">
+      <c r="G14" s="5" t="s">
         <v>118</v>
       </c>
-      <c r="G14" s="5" t="s">
+      <c r="H14" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="I14" s="5" t="s">
         <v>119</v>
       </c>
-      <c r="H14" s="5" t="s">
+      <c r="J14" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K14" s="5" t="s">
         <v>120</v>
       </c>
-      <c r="I14" s="5" t="s">
+      <c r="L14" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="M14" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N14" s="5" t="s">
         <v>121</v>
-      </c>
-[...13 lines deleted...]
-        <v>17</v>
       </c>
       <c r="O14" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="4" t="s">
+        <v>122</v>
+      </c>
+      <c r="B15" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C15" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E15" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="F15" s="4" t="s">
         <v>125</v>
       </c>
-      <c r="B15" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C15" s="4" t="s">
+      <c r="G15" s="4" t="s">
         <v>126</v>
       </c>
-      <c r="D15" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E15" s="4" t="s">
+      <c r="H15" s="4" t="s">
         <v>127</v>
       </c>
-      <c r="F15" s="4" t="s">
+      <c r="I15" s="4" t="s">
         <v>128</v>
       </c>
-      <c r="G15" s="4" t="s">
-[...2 lines deleted...]
-      <c r="H15" s="4" t="s">
+      <c r="J15" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K15" s="4" t="s">
         <v>129</v>
       </c>
-      <c r="I15" s="4" t="s">
+      <c r="L15" s="4" t="s">
         <v>130</v>
       </c>
-      <c r="J15" s="4" t="s">
-[...2 lines deleted...]
-      <c r="K15" s="4" t="s">
+      <c r="M15" s="4" t="s">
         <v>131</v>
-      </c>
-[...4 lines deleted...]
-        <v>133</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="B16" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C16" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="D16" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E16" s="5" t="s">
         <v>134</v>
       </c>
-      <c r="B16" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C16" s="5" t="s">
+      <c r="F16" s="5" t="s">
         <v>135</v>
       </c>
-      <c r="D16" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E16" s="5" t="s">
+      <c r="G16" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="H16" s="5" t="s">
         <v>136</v>
       </c>
-      <c r="F16" s="5" t="s">
+      <c r="I16" s="5" t="s">
         <v>137</v>
       </c>
-      <c r="G16" s="5" t="s">
+      <c r="J16" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K16" s="5" t="s">
         <v>138</v>
       </c>
-      <c r="H16" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I16" s="5" t="s">
+      <c r="L16" s="5" t="s">
         <v>139</v>
       </c>
-      <c r="J16" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K16" s="5" t="s">
+      <c r="M16" s="5" t="s">
         <v>140</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
       <c r="N16" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O16" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="4" t="s">
+        <v>141</v>
+      </c>
+      <c r="B17" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C17" s="4" t="s">
         <v>142</v>
       </c>
-      <c r="B17" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C17" s="4" t="s">
+      <c r="D17" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E17" s="4" t="s">
         <v>143</v>
       </c>
-      <c r="D17" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E17" s="4" t="s">
+      <c r="F17" s="4" t="s">
         <v>144</v>
       </c>
-      <c r="F17" s="4" t="s">
+      <c r="G17" s="4" t="s">
         <v>145</v>
       </c>
-      <c r="G17" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H17" s="4" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="I17" s="4" t="s">
         <v>146</v>
       </c>
       <c r="J17" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>147</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>148</v>
       </c>
       <c r="M17" s="4" t="s">
-        <v>149</v>
+        <v>17</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="B18" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C18" s="5" t="s">
         <v>150</v>
       </c>
-      <c r="B18" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C18" s="5" t="s">
+      <c r="D18" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E18" s="5" t="s">
         <v>151</v>
       </c>
-      <c r="D18" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E18" s="5" t="s">
+      <c r="F18" s="5" t="s">
         <v>152</v>
       </c>
-      <c r="F18" s="5" t="s">
+      <c r="G18" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="H18" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="I18" s="5" t="s">
         <v>153</v>
       </c>
-      <c r="G18" s="5" t="s">
+      <c r="J18" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K18" s="5" t="s">
         <v>154</v>
       </c>
-      <c r="H18" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I18" s="5" t="s">
+      <c r="L18" s="5" t="s">
         <v>155</v>
       </c>
-      <c r="J18" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K18" s="5" t="s">
+      <c r="M18" s="5" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
       <c r="N18" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O18" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="B19" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C19" s="4" t="s">
         <v>158</v>
       </c>
-      <c r="B19" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C19" s="4" t="s">
+      <c r="D19" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E19" s="4" t="s">
         <v>159</v>
       </c>
-      <c r="D19" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E19" s="4" t="s">
+      <c r="F19" s="4" t="s">
         <v>160</v>
       </c>
-      <c r="F19" s="4" t="s">
+      <c r="G19" s="4" t="s">
         <v>161</v>
       </c>
-      <c r="G19" s="4" t="s">
+      <c r="H19" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="I19" s="4" t="s">
         <v>162</v>
       </c>
-      <c r="H19" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I19" s="4" t="s">
+      <c r="J19" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K19" s="4" t="s">
         <v>163</v>
       </c>
-      <c r="J19" s="4" t="s">
-[...2 lines deleted...]
-      <c r="K19" s="4" t="s">
+      <c r="L19" s="4" t="s">
         <v>164</v>
       </c>
-      <c r="L19" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M19" s="4" t="s">
-        <v>166</v>
+        <v>17</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="B20" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C20" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="D20" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E20" s="5" t="s">
         <v>167</v>
       </c>
-      <c r="B20" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C20" s="5" t="s">
+      <c r="F20" s="5" t="s">
         <v>168</v>
       </c>
-      <c r="D20" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E20" s="5" t="s">
+      <c r="G20" s="5" t="s">
         <v>169</v>
       </c>
-      <c r="F20" s="5" t="s">
+      <c r="H20" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="I20" s="5" t="s">
         <v>170</v>
       </c>
-      <c r="G20" s="5" t="s">
+      <c r="J20" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K20" s="5" t="s">
         <v>171</v>
       </c>
-      <c r="H20" s="5" t="s">
+      <c r="L20" s="5" t="s">
         <v>172</v>
       </c>
-      <c r="I20" s="5" t="s">
+      <c r="M20" s="5" t="s">
         <v>173</v>
-      </c>
-[...10 lines deleted...]
-        <v>176</v>
       </c>
       <c r="N20" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O20" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="B21" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C21" s="4" t="s">
+        <v>175</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E21" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="F21" s="4" t="s">
         <v>177</v>
       </c>
-      <c r="B21" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C21" s="4" t="s">
+      <c r="G21" s="4" t="s">
         <v>178</v>
       </c>
-      <c r="D21" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E21" s="4" t="s">
+      <c r="H21" s="4" t="s">
         <v>179</v>
       </c>
-      <c r="F21" s="4" t="s">
+      <c r="I21" s="4" t="s">
         <v>180</v>
       </c>
-      <c r="G21" s="4" t="s">
-[...2 lines deleted...]
-      <c r="H21" s="4" t="s">
+      <c r="J21" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K21" s="4" t="s">
         <v>181</v>
       </c>
-      <c r="I21" s="4" t="s">
+      <c r="L21" s="4" t="s">
         <v>182</v>
       </c>
-      <c r="J21" s="4" t="s">
-[...2 lines deleted...]
-      <c r="K21" s="4" t="s">
+      <c r="M21" s="4" t="s">
         <v>183</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="B22" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C22" s="5" t="s">
         <v>185</v>
       </c>
-      <c r="B22" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C22" s="5" t="s">
+      <c r="D22" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E22" s="5" t="s">
         <v>186</v>
       </c>
-      <c r="D22" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E22" s="5" t="s">
+      <c r="F22" s="5" t="s">
         <v>187</v>
       </c>
-      <c r="F22" s="5" t="s">
+      <c r="G22" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="H22" s="5" t="s">
         <v>188</v>
       </c>
-      <c r="G22" s="5" t="s">
+      <c r="I22" s="5" t="s">
         <v>189</v>
       </c>
-      <c r="H22" s="5" t="s">
+      <c r="J22" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K22" s="5" t="s">
         <v>190</v>
       </c>
-      <c r="I22" s="5" t="s">
+      <c r="L22" s="5" t="s">
         <v>191</v>
       </c>
-      <c r="J22" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M22" s="5" t="s">
-        <v>194</v>
+        <v>17</v>
       </c>
       <c r="N22" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O22" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="B23" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="D23" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E23" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="F23" s="4" t="s">
         <v>195</v>
       </c>
-      <c r="B23" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C23" s="4" t="s">
+      <c r="G23" s="4" t="s">
         <v>196</v>
       </c>
-      <c r="D23" s="4" t="s">
-[...5 lines deleted...]
-      <c r="F23" s="4" t="s">
+      <c r="H23" s="4" t="s">
         <v>197</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
       <c r="I23" s="4" t="s">
         <v>198</v>
       </c>
       <c r="J23" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>199</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>200</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>201</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
         <v>202</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>203</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>17</v>
       </c>
       <c r="E24" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="F24" s="5" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="G24" s="5" t="s">
         <v>202</v>
       </c>
       <c r="H24" s="5" t="s">
-        <v>190</v>
+        <v>32</v>
       </c>
       <c r="I24" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="J24" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K24" s="5" t="s">
         <v>206</v>
       </c>
-      <c r="J24" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K24" s="5" t="s">
+      <c r="L24" s="5" t="s">
         <v>207</v>
       </c>
-      <c r="L24" s="5" t="s">
+      <c r="M24" s="5" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="N24" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O24" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="4" t="s">
+        <v>209</v>
+      </c>
+      <c r="B25" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C25" s="4" t="s">
         <v>210</v>
       </c>
-      <c r="B25" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C25" s="4" t="s">
+      <c r="D25" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E25" s="4" t="s">
         <v>211</v>
       </c>
-      <c r="D25" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E25" s="4" t="s">
+      <c r="F25" s="4" t="s">
         <v>212</v>
       </c>
-      <c r="F25" s="4" t="s">
+      <c r="G25" s="4" t="s">
+        <v>209</v>
+      </c>
+      <c r="H25" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="I25" s="4" t="s">
         <v>213</v>
       </c>
-      <c r="G25" s="4" t="s">
-[...5 lines deleted...]
-      <c r="I25" s="4" t="s">
+      <c r="J25" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K25" s="4" t="s">
         <v>214</v>
       </c>
-      <c r="J25" s="4" t="s">
-[...2 lines deleted...]
-      <c r="K25" s="4" t="s">
+      <c r="L25" s="4" t="s">
         <v>215</v>
       </c>
-      <c r="L25" s="4" t="s">
+      <c r="M25" s="4" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
         <v>217</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C26" s="5" t="s">
         <v>218</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>17</v>
       </c>
       <c r="E26" s="5" t="s">
         <v>219</v>
       </c>
       <c r="F26" s="5" t="s">
         <v>220</v>
       </c>
       <c r="G26" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="H26" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="I26" s="5" t="s">
         <v>221</v>
       </c>
-      <c r="H26" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I26" s="5" t="s">
+      <c r="J26" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K26" s="5" t="s">
         <v>222</v>
       </c>
-      <c r="J26" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K26" s="5" t="s">
+      <c r="L26" s="5" t="s">
         <v>223</v>
       </c>
-      <c r="L26" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M26" s="5" t="s">
-        <v>225</v>
+        <v>17</v>
       </c>
       <c r="N26" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O26" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="B27" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>225</v>
+      </c>
+      <c r="D27" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E27" s="4" t="s">
         <v>226</v>
       </c>
-      <c r="B27" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C27" s="4" t="s">
+      <c r="F27" s="4" t="s">
         <v>227</v>
       </c>
-      <c r="D27" s="4" t="s">
-[...5 lines deleted...]
-      <c r="F27" s="4" t="s">
+      <c r="G27" s="4" t="s">
         <v>228</v>
       </c>
-      <c r="G27" s="4" t="s">
+      <c r="H27" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="I27" s="4" t="s">
         <v>229</v>
       </c>
-      <c r="H27" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I27" s="4" t="s">
+      <c r="J27" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K27" s="4" t="s">
         <v>230</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>231</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>232</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
         <v>233</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>234</v>
       </c>
       <c r="D28" s="5" t="s">
         <v>17</v>
       </c>
       <c r="E28" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="F28" s="5" t="s">
         <v>235</v>
       </c>
-      <c r="F28" s="5" t="s">
+      <c r="G28" s="5" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="H28" s="5" t="s">
         <v>32</v>
       </c>
       <c r="I28" s="5" t="s">
         <v>237</v>
       </c>
       <c r="J28" s="5" t="s">
         <v>17</v>
       </c>
       <c r="K28" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="L28" s="5" t="s">
         <v>238</v>
       </c>
-      <c r="L28" s="5" t="s">
+      <c r="M28" s="5" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="N28" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O28" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="4" t="s">
         <v>240</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>241</v>
       </c>
       <c r="D29" s="4" t="s">
         <v>17</v>
       </c>
       <c r="E29" s="4" t="s">
-        <v>48</v>
+        <v>242</v>
       </c>
       <c r="F29" s="4" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="G29" s="4" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="H29" s="4" t="s">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="I29" s="4" t="s">
         <v>244</v>
       </c>
       <c r="J29" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>245</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>246</v>
       </c>
       <c r="M29" s="4" t="s">
-        <v>247</v>
+        <v>17</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
+        <v>247</v>
+      </c>
+      <c r="B30" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C30" s="5" t="s">
         <v>248</v>
       </c>
-      <c r="B30" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C30" s="5" t="s">
+      <c r="D30" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E30" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="F30" s="5" t="s">
         <v>249</v>
       </c>
-      <c r="D30" s="5" t="s">
-[...5 lines deleted...]
-      <c r="F30" s="5" t="s">
+      <c r="G30" s="5" t="s">
         <v>250</v>
       </c>
-      <c r="G30" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H30" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="I30" s="5" t="s">
         <v>251</v>
       </c>
-      <c r="I30" s="5" t="s">
+      <c r="J30" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K30" s="5" t="s">
         <v>252</v>
       </c>
-      <c r="J30" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K30" s="5" t="s">
+      <c r="L30" s="5" t="s">
         <v>253</v>
       </c>
-      <c r="L30" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M30" s="5" t="s">
-        <v>17</v>
+        <v>254</v>
       </c>
       <c r="N30" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O30" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="4" t="s">
-        <v>111</v>
+        <v>255</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C31" s="4" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>17</v>
       </c>
       <c r="E31" s="4" t="s">
+        <v>159</v>
+      </c>
+      <c r="F31" s="4" t="s">
+        <v>257</v>
+      </c>
+      <c r="G31" s="4" t="s">
         <v>255</v>
       </c>
-      <c r="F31" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H31" s="4" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="I31" s="4" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="J31" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K31" s="4" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="L31" s="4" t="s">
-        <v>260</v>
+        <v>17</v>
       </c>
       <c r="M31" s="4" t="s">
-        <v>261</v>
+        <v>17</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="B32" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C32" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="D32" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E32" s="5" t="s">
         <v>262</v>
       </c>
-      <c r="B32" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C32" s="5" t="s">
+      <c r="F32" s="5" t="s">
         <v>263</v>
       </c>
-      <c r="D32" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E32" s="5" t="s">
+      <c r="G32" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="H32" s="5" t="s">
         <v>264</v>
       </c>
-      <c r="F32" s="5" t="s">
+      <c r="I32" s="5" t="s">
         <v>265</v>
       </c>
-      <c r="G32" s="5" t="s">
-[...2 lines deleted...]
-      <c r="H32" s="5" t="s">
+      <c r="J32" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K32" s="5" t="s">
         <v>266</v>
       </c>
-      <c r="I32" s="5" t="s">
+      <c r="L32" s="5" t="s">
         <v>267</v>
       </c>
-      <c r="J32" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K32" s="5" t="s">
+      <c r="M32" s="5" t="s">
         <v>268</v>
-      </c>
-[...4 lines deleted...]
-        <v>270</v>
       </c>
       <c r="N32" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O32" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="4" t="s">
+        <v>269</v>
+      </c>
+      <c r="B33" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C33" s="4" t="s">
+        <v>270</v>
+      </c>
+      <c r="D33" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E33" s="4" t="s">
         <v>271</v>
       </c>
-      <c r="B33" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C33" s="4" t="s">
+      <c r="F33" s="4" t="s">
         <v>272</v>
       </c>
-      <c r="D33" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E33" s="4" t="s">
+      <c r="G33" s="4" t="s">
+        <v>269</v>
+      </c>
+      <c r="H33" s="4" t="s">
         <v>273</v>
       </c>
-      <c r="F33" s="4" t="s">
+      <c r="I33" s="4" t="s">
         <v>274</v>
       </c>
-      <c r="G33" s="4" t="s">
+      <c r="J33" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K33" s="4" t="s">
         <v>275</v>
       </c>
-      <c r="H33" s="4" t="s">
+      <c r="L33" s="4" t="s">
         <v>276</v>
       </c>
-      <c r="I33" s="4" t="s">
+      <c r="M33" s="4" t="s">
         <v>277</v>
-      </c>
-[...10 lines deleted...]
-        <v>280</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
+        <v>278</v>
+      </c>
+      <c r="B34" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C34" s="5" t="s">
+        <v>279</v>
+      </c>
+      <c r="D34" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E34" s="5" t="s">
+        <v>280</v>
+      </c>
+      <c r="F34" s="5" t="s">
         <v>281</v>
       </c>
-      <c r="B34" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C34" s="5" t="s">
+      <c r="G34" s="5" t="s">
         <v>282</v>
       </c>
-      <c r="D34" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E34" s="5" t="s">
+      <c r="H34" s="5" t="s">
         <v>283</v>
       </c>
-      <c r="F34" s="5" t="s">
+      <c r="I34" s="5" t="s">
         <v>284</v>
       </c>
-      <c r="G34" s="5" t="s">
-[...5 lines deleted...]
-      <c r="I34" s="5" t="s">
+      <c r="J34" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K34" s="5" t="s">
         <v>285</v>
       </c>
-      <c r="J34" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K34" s="5" t="s">
+      <c r="L34" s="5" t="s">
         <v>286</v>
       </c>
-      <c r="L34" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M34" s="5" t="s">
-        <v>17</v>
+        <v>287</v>
       </c>
       <c r="N34" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O34" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="4" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C35" s="4" t="s">
+        <v>289</v>
+      </c>
+      <c r="D35" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E35" s="4" t="s">
+        <v>290</v>
+      </c>
+      <c r="F35" s="4" t="s">
+        <v>291</v>
+      </c>
+      <c r="G35" s="4" t="s">
         <v>288</v>
-      </c>
-[...10 lines deleted...]
-        <v>281</v>
       </c>
       <c r="H35" s="4" t="s">
         <v>32</v>
       </c>
       <c r="I35" s="4" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="J35" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K35" s="4" t="s">
-        <v>17</v>
+        <v>293</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>17</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>17</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C36" s="5" t="s">
+        <v>295</v>
+      </c>
+      <c r="D36" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E36" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="F36" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="G36" s="5" t="s">
+        <v>288</v>
+      </c>
+      <c r="H36" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="I36" s="5" t="s">
         <v>292</v>
       </c>
-      <c r="D36" s="5" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="J36" s="5" t="s">
         <v>17</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>297</v>
+        <v>17</v>
       </c>
       <c r="L36" s="5" t="s">
-        <v>298</v>
+        <v>17</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>299</v>
+        <v>17</v>
       </c>
       <c r="N36" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O36" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="4" t="s">
+        <v>298</v>
+      </c>
+      <c r="B37" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C37" s="4" t="s">
+        <v>299</v>
+      </c>
+      <c r="D37" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E37" s="4" t="s">
         <v>300</v>
       </c>
-      <c r="B37" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C37" s="4" t="s">
+      <c r="F37" s="4" t="s">
         <v>301</v>
       </c>
-      <c r="D37" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E37" s="4" t="s">
+      <c r="G37" s="4" t="s">
+        <v>298</v>
+      </c>
+      <c r="H37" s="4" t="s">
         <v>302</v>
       </c>
-      <c r="F37" s="4" t="s">
+      <c r="I37" s="4" t="s">
         <v>303</v>
       </c>
-      <c r="G37" s="4" t="s">
-[...2 lines deleted...]
-      <c r="H37" s="4" t="s">
+      <c r="J37" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K37" s="4" t="s">
         <v>304</v>
       </c>
-      <c r="I37" s="4" t="s">
+      <c r="L37" s="4" t="s">
         <v>305</v>
       </c>
-      <c r="J37" s="4" t="s">
-[...2 lines deleted...]
-      <c r="K37" s="4" t="s">
+      <c r="M37" s="4" t="s">
         <v>306</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
+        <v>307</v>
+      </c>
+      <c r="B38" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C38" s="5" t="s">
         <v>308</v>
       </c>
-      <c r="B38" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C38" s="5" t="s">
+      <c r="D38" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E38" s="5" t="s">
         <v>309</v>
       </c>
-      <c r="D38" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E38" s="5" t="s">
+      <c r="F38" s="5" t="s">
         <v>310</v>
       </c>
-      <c r="F38" s="5" t="s">
+      <c r="G38" s="5" t="s">
+        <v>307</v>
+      </c>
+      <c r="H38" s="5" t="s">
         <v>311</v>
       </c>
-      <c r="G38" s="5" t="s">
+      <c r="I38" s="5" t="s">
         <v>312</v>
       </c>
-      <c r="H38" s="5" t="s">
+      <c r="J38" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K38" s="5" t="s">
         <v>313</v>
       </c>
-      <c r="I38" s="5" t="s">
+      <c r="L38" s="5" t="s">
         <v>314</v>
       </c>
-      <c r="J38" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M38" s="5" t="s">
-        <v>317</v>
+        <v>17</v>
       </c>
       <c r="N38" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O38" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="4" t="s">
+        <v>315</v>
+      </c>
+      <c r="B39" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C39" s="4" t="s">
+        <v>316</v>
+      </c>
+      <c r="D39" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E39" s="4" t="s">
+        <v>317</v>
+      </c>
+      <c r="F39" s="4" t="s">
         <v>318</v>
       </c>
-      <c r="B39" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C39" s="4" t="s">
+      <c r="G39" s="4" t="s">
         <v>319</v>
       </c>
-      <c r="D39" s="4" t="s">
-[...5 lines deleted...]
-      <c r="F39" s="4" t="s">
+      <c r="H39" s="4" t="s">
         <v>320</v>
       </c>
-      <c r="G39" s="4" t="s">
-[...2 lines deleted...]
-      <c r="H39" s="4" t="s">
+      <c r="I39" s="4" t="s">
         <v>321</v>
       </c>
-      <c r="I39" s="4" t="s">
+      <c r="J39" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K39" s="4" t="s">
         <v>322</v>
       </c>
-      <c r="J39" s="4" t="s">
-[...2 lines deleted...]
-      <c r="K39" s="4" t="s">
+      <c r="L39" s="4" t="s">
         <v>323</v>
       </c>
-      <c r="L39" s="4" t="s">
+      <c r="M39" s="4" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
         <v>325</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C40" s="5" t="s">
         <v>326</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>17</v>
       </c>
       <c r="E40" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="F40" s="5" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
       <c r="G40" s="5" t="s">
         <v>325</v>
       </c>
       <c r="H40" s="5" t="s">
-        <v>276</v>
+        <v>328</v>
       </c>
       <c r="I40" s="5" t="s">
         <v>329</v>
       </c>
       <c r="J40" s="5" t="s">
         <v>17</v>
       </c>
       <c r="K40" s="5" t="s">
         <v>330</v>
       </c>
       <c r="L40" s="5" t="s">
         <v>331</v>
       </c>
       <c r="M40" s="5" t="s">
         <v>17</v>
       </c>
       <c r="N40" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O40" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="4" t="s">
         <v>332</v>
       </c>
       <c r="B41" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>333</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>17</v>
       </c>
       <c r="E41" s="4" t="s">
         <v>334</v>
       </c>
       <c r="F41" s="4" t="s">
         <v>335</v>
       </c>
       <c r="G41" s="4" t="s">
         <v>332</v>
       </c>
       <c r="H41" s="4" t="s">
-        <v>257</v>
+        <v>283</v>
       </c>
       <c r="I41" s="4" t="s">
         <v>336</v>
       </c>
       <c r="J41" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>337</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>338</v>
       </c>
       <c r="M41" s="4" t="s">
-        <v>339</v>
+        <v>17</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O41" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
+        <v>339</v>
+      </c>
+      <c r="B42" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C42" s="5" t="s">
         <v>340</v>
       </c>
-      <c r="B42" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C42" s="5" t="s">
+      <c r="D42" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E42" s="5" t="s">
         <v>341</v>
       </c>
-      <c r="D42" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E42" s="5" t="s">
+      <c r="F42" s="5" t="s">
         <v>342</v>
       </c>
-      <c r="F42" s="5" t="s">
+      <c r="G42" s="5" t="s">
+        <v>339</v>
+      </c>
+      <c r="H42" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="I42" s="5" t="s">
         <v>343</v>
       </c>
-      <c r="G42" s="5" t="s">
-[...2 lines deleted...]
-      <c r="H42" s="5" t="s">
+      <c r="J42" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K42" s="5" t="s">
         <v>344</v>
       </c>
-      <c r="I42" s="5" t="s">
+      <c r="L42" s="5" t="s">
         <v>345</v>
       </c>
-      <c r="J42" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K42" s="5" t="s">
+      <c r="M42" s="5" t="s">
         <v>346</v>
-      </c>
-[...4 lines deleted...]
-        <v>348</v>
       </c>
       <c r="N42" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O42" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="4" t="s">
+        <v>347</v>
+      </c>
+      <c r="B43" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C43" s="4" t="s">
+        <v>348</v>
+      </c>
+      <c r="D43" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E43" s="4" t="s">
         <v>349</v>
       </c>
-      <c r="B43" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C43" s="4" t="s">
+      <c r="F43" s="4" t="s">
         <v>350</v>
       </c>
-      <c r="D43" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E43" s="4" t="s">
+      <c r="G43" s="4" t="s">
+        <v>347</v>
+      </c>
+      <c r="H43" s="4" t="s">
         <v>351</v>
       </c>
-      <c r="F43" s="4" t="s">
+      <c r="I43" s="4" t="s">
         <v>352</v>
       </c>
-      <c r="G43" s="4" t="s">
+      <c r="J43" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K43" s="4" t="s">
         <v>353</v>
       </c>
-      <c r="H43" s="4" t="s">
+      <c r="L43" s="4" t="s">
         <v>354</v>
       </c>
-      <c r="I43" s="4" t="s">
+      <c r="M43" s="4" t="s">
         <v>355</v>
-      </c>
-[...10 lines deleted...]
-        <v>357</v>
       </c>
       <c r="N43" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O43" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="B44" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C44" s="5" t="s">
+        <v>357</v>
+      </c>
+      <c r="D44" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E44" s="5" t="s">
         <v>358</v>
       </c>
-      <c r="B44" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C44" s="5" t="s">
+      <c r="F44" s="5" t="s">
         <v>359</v>
       </c>
-      <c r="D44" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E44" s="5" t="s">
+      <c r="G44" s="5" t="s">
         <v>360</v>
       </c>
-      <c r="F44" s="5" t="s">
+      <c r="H44" s="5" t="s">
         <v>361</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
       <c r="I44" s="5" t="s">
         <v>362</v>
       </c>
       <c r="J44" s="5" t="s">
         <v>17</v>
       </c>
       <c r="K44" s="5" t="s">
         <v>363</v>
       </c>
       <c r="L44" s="5" t="s">
         <v>364</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>17</v>
+        <v>364</v>
       </c>
       <c r="N44" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O44" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="4" t="s">
         <v>365</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C45" s="4" t="s">
         <v>366</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>17</v>
       </c>
       <c r="E45" s="4" t="s">
         <v>367</v>
       </c>
       <c r="F45" s="4" t="s">
         <v>368</v>
       </c>
       <c r="G45" s="4" t="s">
+        <v>365</v>
+      </c>
+      <c r="H45" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="I45" s="4" t="s">
         <v>369</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
       <c r="J45" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>370</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>371</v>
       </c>
       <c r="M45" s="4" t="s">
         <v>17</v>
       </c>
       <c r="N45" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O45" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
         <v>372</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C46" s="5" t="s">
         <v>373</v>
       </c>
       <c r="D46" s="5" t="s">
         <v>17</v>
       </c>
       <c r="E46" s="5" t="s">
         <v>374</v>
       </c>
       <c r="F46" s="5" t="s">
         <v>375</v>
       </c>
       <c r="G46" s="5" t="s">
         <v>376</v>
       </c>
       <c r="H46" s="5" t="s">
-        <v>276</v>
+        <v>17</v>
       </c>
       <c r="I46" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="J46" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K46" s="5" t="s">
         <v>377</v>
       </c>
-      <c r="J46" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K46" s="5" t="s">
+      <c r="L46" s="5" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
       <c r="M46" s="5" t="s">
         <v>17</v>
       </c>
       <c r="N46" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O46" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="4" t="s">
+        <v>379</v>
+      </c>
+      <c r="B47" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C47" s="4" t="s">
         <v>380</v>
       </c>
-      <c r="B47" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C47" s="4" t="s">
+      <c r="D47" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E47" s="4" t="s">
         <v>381</v>
-      </c>
-[...4 lines deleted...]
-        <v>235</v>
       </c>
       <c r="F47" s="4" t="s">
         <v>382</v>
       </c>
       <c r="G47" s="4" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="H47" s="4" t="s">
-        <v>383</v>
+        <v>283</v>
       </c>
       <c r="I47" s="4" t="s">
         <v>384</v>
       </c>
       <c r="J47" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>385</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>386</v>
       </c>
       <c r="M47" s="4" t="s">
-        <v>387</v>
+        <v>17</v>
       </c>
       <c r="N47" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O47" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="B48" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C48" s="5" t="s">
         <v>388</v>
       </c>
-      <c r="B48" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C48" s="5" t="s">
+      <c r="D48" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E48" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="F48" s="5" t="s">
         <v>389</v>
       </c>
-      <c r="D48" s="5" t="s">
-[...5 lines deleted...]
-      <c r="F48" s="5" t="s">
+      <c r="G48" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="H48" s="5" t="s">
         <v>390</v>
       </c>
-      <c r="G48" s="5" t="s">
-[...2 lines deleted...]
-      <c r="H48" s="5" t="s">
+      <c r="I48" s="5" t="s">
         <v>391</v>
       </c>
-      <c r="I48" s="5" t="s">
+      <c r="J48" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K48" s="5" t="s">
         <v>392</v>
       </c>
-      <c r="J48" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K48" s="5" t="s">
+      <c r="L48" s="5" t="s">
         <v>393</v>
       </c>
-      <c r="L48" s="5" t="s">
+      <c r="M48" s="5" t="s">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="N48" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O48" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="4" t="s">
         <v>395</v>
       </c>
       <c r="B49" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C49" s="4" t="s">
         <v>396</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>17</v>
       </c>
       <c r="E49" s="4" t="s">
+        <v>300</v>
+      </c>
+      <c r="F49" s="4" t="s">
         <v>397</v>
       </c>
-      <c r="F49" s="4" t="s">
+      <c r="G49" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="H49" s="4" t="s">
         <v>398</v>
       </c>
-      <c r="G49" s="4" t="s">
+      <c r="I49" s="4" t="s">
         <v>399</v>
       </c>
-      <c r="H49" s="4" t="s">
+      <c r="J49" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K49" s="4" t="s">
         <v>400</v>
       </c>
-      <c r="I49" s="4" t="s">
+      <c r="L49" s="4" t="s">
         <v>401</v>
-      </c>
-[...7 lines deleted...]
-        <v>403</v>
       </c>
       <c r="M49" s="4" t="s">
         <v>17</v>
       </c>
       <c r="N49" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O49" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
+        <v>402</v>
+      </c>
+      <c r="B50" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C50" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="D50" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E50" s="5" t="s">
         <v>404</v>
       </c>
-      <c r="B50" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C50" s="5" t="s">
+      <c r="F50" s="5" t="s">
         <v>405</v>
       </c>
-      <c r="D50" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E50" s="5" t="s">
+      <c r="G50" s="5" t="s">
         <v>406</v>
       </c>
-      <c r="F50" s="5" t="s">
+      <c r="H50" s="5" t="s">
         <v>407</v>
       </c>
-      <c r="G50" s="5" t="s">
-[...2 lines deleted...]
-      <c r="H50" s="5" t="s">
+      <c r="I50" s="5" t="s">
         <v>408</v>
       </c>
-      <c r="I50" s="5" t="s">
+      <c r="J50" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K50" s="5" t="s">
         <v>409</v>
       </c>
-      <c r="J50" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K50" s="5" t="s">
+      <c r="L50" s="5" t="s">
         <v>410</v>
       </c>
-      <c r="L50" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M50" s="5" t="s">
-        <v>412</v>
+        <v>17</v>
       </c>
       <c r="N50" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O50" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="4" t="s">
+        <v>411</v>
+      </c>
+      <c r="B51" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C51" s="4" t="s">
+        <v>412</v>
+      </c>
+      <c r="D51" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E51" s="4" t="s">
         <v>413</v>
       </c>
-      <c r="B51" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C51" s="4" t="s">
+      <c r="F51" s="4" t="s">
         <v>414</v>
       </c>
-      <c r="D51" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E51" s="4" t="s">
+      <c r="G51" s="4" t="s">
+        <v>411</v>
+      </c>
+      <c r="H51" s="4" t="s">
         <v>415</v>
       </c>
-      <c r="F51" s="4" t="s">
+      <c r="I51" s="4" t="s">
         <v>416</v>
       </c>
-      <c r="G51" s="4" t="s">
-[...2 lines deleted...]
-      <c r="H51" s="4" t="s">
+      <c r="J51" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K51" s="4" t="s">
         <v>417</v>
       </c>
-      <c r="I51" s="4" t="s">
+      <c r="L51" s="4" t="s">
         <v>418</v>
       </c>
-      <c r="J51" s="4" t="s">
-[...2 lines deleted...]
-      <c r="K51" s="4" t="s">
+      <c r="M51" s="4" t="s">
         <v>419</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
       <c r="N51" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O51" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
+        <v>420</v>
+      </c>
+      <c r="B52" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C52" s="5" t="s">
         <v>421</v>
       </c>
-      <c r="B52" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C52" s="5" t="s">
+      <c r="D52" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E52" s="5" t="s">
         <v>422</v>
       </c>
-      <c r="D52" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E52" s="5" t="s">
+      <c r="F52" s="5" t="s">
         <v>423</v>
       </c>
-      <c r="F52" s="5" t="s">
+      <c r="G52" s="5" t="s">
+        <v>420</v>
+      </c>
+      <c r="H52" s="5" t="s">
         <v>424</v>
-      </c>
-[...4 lines deleted...]
-        <v>257</v>
       </c>
       <c r="I52" s="5" t="s">
         <v>425</v>
       </c>
       <c r="J52" s="5" t="s">
         <v>17</v>
       </c>
       <c r="K52" s="5" t="s">
         <v>426</v>
       </c>
       <c r="L52" s="5" t="s">
         <v>427</v>
       </c>
       <c r="M52" s="5" t="s">
         <v>17</v>
       </c>
       <c r="N52" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O52" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="4" t="s">
         <v>428</v>
       </c>
       <c r="B53" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C53" s="4" t="s">
         <v>429</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>17</v>
       </c>
       <c r="E53" s="4" t="s">
         <v>430</v>
       </c>
       <c r="F53" s="4" t="s">
         <v>431</v>
       </c>
       <c r="G53" s="4" t="s">
+        <v>428</v>
+      </c>
+      <c r="H53" s="4" t="s">
+        <v>264</v>
+      </c>
+      <c r="I53" s="4" t="s">
         <v>432</v>
       </c>
-      <c r="H53" s="4" t="s">
+      <c r="J53" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K53" s="4" t="s">
         <v>433</v>
       </c>
-      <c r="I53" s="4" t="s">
+      <c r="L53" s="4" t="s">
         <v>434</v>
-      </c>
-[...7 lines deleted...]
-        <v>436</v>
       </c>
       <c r="M53" s="4" t="s">
         <v>17</v>
       </c>
       <c r="N53" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O53" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
+        <v>435</v>
+      </c>
+      <c r="B54" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C54" s="5" t="s">
+        <v>436</v>
+      </c>
+      <c r="D54" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E54" s="5" t="s">
         <v>437</v>
       </c>
-      <c r="B54" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C54" s="5" t="s">
+      <c r="F54" s="5" t="s">
         <v>438</v>
       </c>
-      <c r="D54" s="5" t="s">
-[...5 lines deleted...]
-      <c r="F54" s="5" t="s">
+      <c r="G54" s="5" t="s">
         <v>439</v>
       </c>
-      <c r="G54" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H54" s="5" t="s">
-        <v>391</v>
+        <v>440</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="J54" s="5" t="s">
         <v>17</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="L54" s="5" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="M54" s="5" t="s">
         <v>17</v>
       </c>
       <c r="N54" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O54" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="4" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B55" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C55" s="4" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>17</v>
       </c>
       <c r="E55" s="4" t="s">
-        <v>445</v>
+        <v>300</v>
       </c>
       <c r="F55" s="4" t="s">
         <v>446</v>
       </c>
       <c r="G55" s="4" t="s">
+        <v>444</v>
+      </c>
+      <c r="H55" s="4" t="s">
+        <v>398</v>
+      </c>
+      <c r="I55" s="4" t="s">
         <v>447</v>
       </c>
-      <c r="H55" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I55" s="4" t="s">
+      <c r="J55" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K55" s="4" t="s">
         <v>448</v>
       </c>
-      <c r="J55" s="4" t="s">
-[...2 lines deleted...]
-      <c r="K55" s="4" t="s">
+      <c r="L55" s="4" t="s">
         <v>449</v>
-      </c>
-[...1 lines deleted...]
-        <v>450</v>
       </c>
       <c r="M55" s="4" t="s">
         <v>17</v>
       </c>
       <c r="N55" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O55" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
+        <v>450</v>
+      </c>
+      <c r="B56" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C56" s="5" t="s">
         <v>451</v>
       </c>
-      <c r="B56" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C56" s="5" t="s">
+      <c r="D56" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E56" s="5" t="s">
         <v>452</v>
       </c>
-      <c r="D56" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E56" s="5" t="s">
+      <c r="F56" s="5" t="s">
         <v>453</v>
       </c>
-      <c r="F56" s="5" t="s">
+      <c r="G56" s="5" t="s">
         <v>454</v>
       </c>
-      <c r="G56" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H56" s="5" t="s">
+        <v>440</v>
+      </c>
+      <c r="I56" s="5" t="s">
         <v>455</v>
       </c>
-      <c r="I56" s="5" t="s">
+      <c r="J56" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K56" s="5" t="s">
         <v>456</v>
       </c>
-      <c r="J56" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K56" s="5" t="s">
+      <c r="L56" s="5" t="s">
         <v>457</v>
       </c>
-      <c r="L56" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M56" s="5" t="s">
-        <v>459</v>
+        <v>17</v>
       </c>
       <c r="N56" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O56" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="4" t="s">
+        <v>458</v>
+      </c>
+      <c r="B57" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C57" s="4" t="s">
+        <v>459</v>
+      </c>
+      <c r="D57" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E57" s="4" t="s">
         <v>460</v>
       </c>
-      <c r="B57" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C57" s="4" t="s">
+      <c r="F57" s="4" t="s">
         <v>461</v>
       </c>
-      <c r="D57" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E57" s="4" t="s">
+      <c r="G57" s="4" t="s">
+        <v>458</v>
+      </c>
+      <c r="H57" s="4" t="s">
         <v>462</v>
       </c>
-      <c r="F57" s="4" t="s">
+      <c r="I57" s="4" t="s">
         <v>463</v>
       </c>
-      <c r="G57" s="4" t="s">
+      <c r="J57" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K57" s="4" t="s">
         <v>464</v>
       </c>
-      <c r="H57" s="4" t="s">
+      <c r="L57" s="4" t="s">
         <v>465</v>
       </c>
-      <c r="I57" s="4" t="s">
+      <c r="M57" s="4" t="s">
         <v>466</v>
-      </c>
-[...10 lines deleted...]
-        <v>469</v>
       </c>
       <c r="N57" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O57" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
+        <v>467</v>
+      </c>
+      <c r="B58" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C58" s="5" t="s">
+        <v>468</v>
+      </c>
+      <c r="D58" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E58" s="5" t="s">
+        <v>469</v>
+      </c>
+      <c r="F58" s="5" t="s">
         <v>470</v>
       </c>
-      <c r="B58" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C58" s="5" t="s">
+      <c r="G58" s="5" t="s">
         <v>471</v>
       </c>
-      <c r="D58" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E58" s="5" t="s">
+      <c r="H58" s="5" t="s">
         <v>472</v>
       </c>
-      <c r="F58" s="5" t="s">
+      <c r="I58" s="5" t="s">
         <v>473</v>
       </c>
-      <c r="G58" s="5" t="s">
+      <c r="J58" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K58" s="5" t="s">
         <v>474</v>
       </c>
-      <c r="H58" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I58" s="5" t="s">
+      <c r="L58" s="5" t="s">
         <v>475</v>
       </c>
-      <c r="J58" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K58" s="5" t="s">
+      <c r="M58" s="5" t="s">
         <v>476</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
       <c r="N58" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O58" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="4" t="s">
+        <v>477</v>
+      </c>
+      <c r="B59" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C59" s="4" t="s">
         <v>478</v>
       </c>
-      <c r="B59" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C59" s="4" t="s">
+      <c r="D59" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E59" s="4" t="s">
         <v>479</v>
       </c>
-      <c r="D59" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E59" s="4" t="s">
+      <c r="F59" s="4" t="s">
         <v>480</v>
       </c>
-      <c r="F59" s="4" t="s">
+      <c r="G59" s="4" t="s">
         <v>481</v>
       </c>
-      <c r="G59" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H59" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="I59" s="4" t="s">
         <v>482</v>
       </c>
-      <c r="I59" s="4" t="s">
+      <c r="J59" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K59" s="4" t="s">
         <v>483</v>
       </c>
-      <c r="J59" s="4" t="s">
-[...2 lines deleted...]
-      <c r="K59" s="4" t="s">
+      <c r="L59" s="4" t="s">
         <v>484</v>
       </c>
-      <c r="L59" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M59" s="4" t="s">
-        <v>486</v>
+        <v>17</v>
       </c>
       <c r="N59" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O59" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
+        <v>485</v>
+      </c>
+      <c r="B60" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C60" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="D60" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E60" s="5" t="s">
         <v>487</v>
       </c>
-      <c r="B60" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C60" s="5" t="s">
+      <c r="F60" s="5" t="s">
         <v>488</v>
       </c>
-      <c r="D60" s="5" t="s">
-[...5 lines deleted...]
-      <c r="F60" s="5" t="s">
+      <c r="G60" s="5" t="s">
+        <v>485</v>
+      </c>
+      <c r="H60" s="5" t="s">
         <v>489</v>
-      </c>
-[...4 lines deleted...]
-        <v>77</v>
       </c>
       <c r="I60" s="5" t="s">
         <v>490</v>
       </c>
       <c r="J60" s="5" t="s">
         <v>17</v>
       </c>
       <c r="K60" s="5" t="s">
         <v>491</v>
       </c>
       <c r="L60" s="5" t="s">
         <v>492</v>
       </c>
       <c r="M60" s="5" t="s">
         <v>493</v>
       </c>
       <c r="N60" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O60" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="4" t="s">
         <v>494</v>
       </c>
       <c r="B61" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C61" s="4" t="s">
         <v>495</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>17</v>
       </c>
       <c r="E61" s="4" t="s">
-        <v>152</v>
+        <v>75</v>
       </c>
       <c r="F61" s="4" t="s">
         <v>496</v>
       </c>
       <c r="G61" s="4" t="s">
         <v>494</v>
       </c>
       <c r="H61" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="I61" s="4" t="s">
         <v>497</v>
       </c>
-      <c r="I61" s="4" t="s">
+      <c r="J61" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K61" s="4" t="s">
         <v>498</v>
       </c>
-      <c r="J61" s="4" t="s">
-[...2 lines deleted...]
-      <c r="K61" s="4" t="s">
+      <c r="L61" s="4" t="s">
         <v>499</v>
       </c>
-      <c r="L61" s="4" t="s">
+      <c r="M61" s="4" t="s">
         <v>500</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="N61" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O61" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
         <v>501</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C62" s="5" t="s">
         <v>502</v>
       </c>
       <c r="D62" s="5" t="s">
         <v>17</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>283</v>
+        <v>159</v>
       </c>
       <c r="F62" s="5" t="s">
         <v>503</v>
       </c>
       <c r="G62" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="H62" s="5" t="s">
         <v>504</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="I62" s="5" t="s">
         <v>505</v>
       </c>
       <c r="J62" s="5" t="s">
         <v>17</v>
       </c>
       <c r="K62" s="5" t="s">
         <v>506</v>
       </c>
       <c r="L62" s="5" t="s">
         <v>507</v>
       </c>
       <c r="M62" s="5" t="s">
         <v>17</v>
       </c>
       <c r="N62" s="5" t="s">
-        <v>508</v>
+        <v>17</v>
       </c>
       <c r="O62" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="4" t="s">
+        <v>508</v>
+      </c>
+      <c r="B63" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C63" s="4" t="s">
         <v>509</v>
       </c>
-      <c r="B63" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C63" s="4" t="s">
+      <c r="D63" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E63" s="4" t="s">
+        <v>290</v>
+      </c>
+      <c r="F63" s="4" t="s">
         <v>510</v>
       </c>
-      <c r="D63" s="4" t="s">
-[...5 lines deleted...]
-      <c r="F63" s="4" t="s">
+      <c r="G63" s="4" t="s">
         <v>511</v>
       </c>
-      <c r="G63" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H63" s="4" t="s">
-        <v>313</v>
+        <v>32</v>
       </c>
       <c r="I63" s="4" t="s">
         <v>512</v>
       </c>
       <c r="J63" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K63" s="4" t="s">
         <v>513</v>
       </c>
       <c r="L63" s="4" t="s">
         <v>514</v>
       </c>
       <c r="M63" s="4" t="s">
         <v>17</v>
       </c>
       <c r="N63" s="4" t="s">
-        <v>17</v>
+        <v>515</v>
       </c>
       <c r="O63" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="D64" s="5" t="s">
         <v>17</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>517</v>
+        <v>300</v>
       </c>
       <c r="F64" s="5" t="s">
         <v>518</v>
       </c>
       <c r="G64" s="5" t="s">
+        <v>516</v>
+      </c>
+      <c r="H64" s="5" t="s">
+        <v>320</v>
+      </c>
+      <c r="I64" s="5" t="s">
         <v>519</v>
       </c>
-      <c r="H64" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I64" s="5" t="s">
+      <c r="J64" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K64" s="5" t="s">
         <v>520</v>
       </c>
-      <c r="J64" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K64" s="5" t="s">
+      <c r="L64" s="5" t="s">
         <v>521</v>
       </c>
-      <c r="L64" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M64" s="5" t="s">
-        <v>523</v>
+        <v>17</v>
       </c>
       <c r="N64" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O64" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="4" t="s">
+        <v>522</v>
+      </c>
+      <c r="B65" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C65" s="4" t="s">
+        <v>523</v>
+      </c>
+      <c r="D65" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E65" s="4" t="s">
         <v>524</v>
       </c>
-      <c r="B65" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C65" s="4" t="s">
+      <c r="F65" s="4" t="s">
         <v>525</v>
       </c>
-      <c r="D65" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E65" s="4" t="s">
+      <c r="G65" s="4" t="s">
         <v>526</v>
       </c>
-      <c r="F65" s="4" t="s">
+      <c r="H65" s="4" t="s">
+        <v>320</v>
+      </c>
+      <c r="I65" s="4" t="s">
         <v>527</v>
       </c>
-      <c r="G65" s="4" t="s">
+      <c r="J65" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K65" s="4" t="s">
         <v>528</v>
       </c>
-      <c r="H65" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I65" s="4" t="s">
+      <c r="L65" s="4" t="s">
         <v>529</v>
       </c>
-      <c r="J65" s="4" t="s">
-[...2 lines deleted...]
-      <c r="K65" s="4" t="s">
+      <c r="M65" s="4" t="s">
         <v>530</v>
       </c>
-      <c r="L65" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N65" s="4" t="s">
-        <v>533</v>
+        <v>17</v>
       </c>
       <c r="O65" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
+        <v>531</v>
+      </c>
+      <c r="B66" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C66" s="5" t="s">
+        <v>532</v>
+      </c>
+      <c r="D66" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E66" s="5" t="s">
+        <v>533</v>
+      </c>
+      <c r="F66" s="5" t="s">
         <v>534</v>
       </c>
-      <c r="B66" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C66" s="5" t="s">
+      <c r="G66" s="5" t="s">
         <v>535</v>
       </c>
-      <c r="D66" s="5" t="s">
-[...5 lines deleted...]
-      <c r="F66" s="5" t="s">
+      <c r="H66" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="I66" s="5" t="s">
         <v>536</v>
       </c>
-      <c r="G66" s="5" t="s">
+      <c r="J66" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K66" s="5" t="s">
         <v>537</v>
       </c>
-      <c r="H66" s="5" t="s">
+      <c r="L66" s="5" t="s">
         <v>538</v>
       </c>
-      <c r="I66" s="5" t="s">
+      <c r="M66" s="5" t="s">
         <v>539</v>
       </c>
-      <c r="J66" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K66" s="5" t="s">
+      <c r="N66" s="5" t="s">
         <v>540</v>
-      </c>
-[...7 lines deleted...]
-        <v>17</v>
       </c>
       <c r="O66" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="4" t="s">
+        <v>541</v>
+      </c>
+      <c r="B67" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C67" s="4" t="s">
+        <v>542</v>
+      </c>
+      <c r="D67" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E67" s="4" t="s">
+        <v>460</v>
+      </c>
+      <c r="F67" s="4" t="s">
         <v>543</v>
       </c>
-      <c r="B67" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C67" s="4" t="s">
+      <c r="G67" s="4" t="s">
         <v>544</v>
       </c>
-      <c r="D67" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E67" s="4" t="s">
+      <c r="H67" s="4" t="s">
         <v>545</v>
       </c>
-      <c r="F67" s="4" t="s">
+      <c r="I67" s="4" t="s">
         <v>546</v>
       </c>
-      <c r="G67" s="4" t="s">
-[...5 lines deleted...]
-      <c r="I67" s="4" t="s">
+      <c r="J67" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K67" s="4" t="s">
         <v>547</v>
       </c>
-      <c r="J67" s="4" t="s">
-[...2 lines deleted...]
-      <c r="K67" s="4" t="s">
+      <c r="L67" s="4" t="s">
         <v>548</v>
       </c>
-      <c r="L67" s="4" t="s">
+      <c r="M67" s="4" t="s">
         <v>549</v>
-      </c>
-[...1 lines deleted...]
-        <v>550</v>
       </c>
       <c r="N67" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O67" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
+        <v>550</v>
+      </c>
+      <c r="B68" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C68" s="5" t="s">
         <v>551</v>
       </c>
-      <c r="B68" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C68" s="5" t="s">
+      <c r="D68" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E68" s="5" t="s">
         <v>552</v>
       </c>
-      <c r="D68" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E68" s="5" t="s">
+      <c r="F68" s="5" t="s">
         <v>553</v>
       </c>
-      <c r="F68" s="5" t="s">
+      <c r="G68" s="5" t="s">
+        <v>550</v>
+      </c>
+      <c r="H68" s="5" t="s">
+        <v>273</v>
+      </c>
+      <c r="I68" s="5" t="s">
         <v>554</v>
       </c>
-      <c r="G68" s="5" t="s">
+      <c r="J68" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K68" s="5" t="s">
         <v>555</v>
       </c>
-      <c r="H68" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I68" s="5" t="s">
+      <c r="L68" s="5" t="s">
         <v>556</v>
       </c>
-      <c r="J68" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K68" s="5" t="s">
+      <c r="M68" s="5" t="s">
         <v>557</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
       <c r="N68" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O68" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="4" t="s">
+        <v>558</v>
+      </c>
+      <c r="B69" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C69" s="4" t="s">
         <v>559</v>
       </c>
-      <c r="B69" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C69" s="4" t="s">
+      <c r="D69" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E69" s="4" t="s">
         <v>560</v>
-      </c>
-[...4 lines deleted...]
-        <v>423</v>
       </c>
       <c r="F69" s="4" t="s">
         <v>561</v>
       </c>
       <c r="G69" s="4" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="H69" s="4" t="s">
-        <v>257</v>
+        <v>273</v>
       </c>
       <c r="I69" s="4" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="J69" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K69" s="4" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="L69" s="4" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="M69" s="4" t="s">
         <v>17</v>
       </c>
       <c r="N69" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O69" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="D70" s="5" t="s">
         <v>17</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>567</v>
+        <v>430</v>
       </c>
       <c r="F70" s="5" t="s">
         <v>568</v>
       </c>
       <c r="G70" s="5" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="H70" s="5" t="s">
-        <v>129</v>
+        <v>264</v>
       </c>
       <c r="I70" s="5" t="s">
         <v>569</v>
       </c>
       <c r="J70" s="5" t="s">
         <v>17</v>
       </c>
       <c r="K70" s="5" t="s">
         <v>570</v>
       </c>
       <c r="L70" s="5" t="s">
         <v>571</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>572</v>
+        <v>17</v>
       </c>
       <c r="N70" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O70" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="4" t="s">
+        <v>572</v>
+      </c>
+      <c r="B71" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C71" s="4" t="s">
         <v>573</v>
       </c>
-      <c r="B71" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C71" s="4" t="s">
+      <c r="D71" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E71" s="4" t="s">
         <v>574</v>
       </c>
-      <c r="D71" s="4" t="s">
-[...2 lines deleted...]
-      <c r="E71" s="4" t="s">
+      <c r="F71" s="4" t="s">
         <v>575</v>
       </c>
-      <c r="F71" s="4" t="s">
+      <c r="G71" s="4" t="s">
+        <v>572</v>
+      </c>
+      <c r="H71" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="I71" s="4" t="s">
         <v>576</v>
       </c>
-      <c r="G71" s="4" t="s">
+      <c r="J71" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K71" s="4" t="s">
         <v>577</v>
       </c>
-      <c r="H71" s="4" t="s">
-[...8 lines deleted...]
-      <c r="K71" s="4" t="s">
+      <c r="L71" s="4" t="s">
         <v>578</v>
       </c>
-      <c r="L71" s="4" t="s">
+      <c r="M71" s="4" t="s">
         <v>579</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="N71" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O71" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
         <v>580</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C72" s="5" t="s">
         <v>581</v>
       </c>
       <c r="D72" s="5" t="s">
         <v>17</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>293</v>
+        <v>582</v>
       </c>
       <c r="F72" s="5" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="G72" s="5" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
       <c r="H72" s="5" t="s">
-        <v>391</v>
+        <v>17</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>583</v>
+        <v>17</v>
       </c>
       <c r="J72" s="5" t="s">
         <v>17</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="L72" s="5" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>585</v>
+        <v>17</v>
       </c>
       <c r="N72" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O72" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="4" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="B73" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C73" s="4" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>17</v>
       </c>
       <c r="E73" s="4" t="s">
-        <v>588</v>
+        <v>300</v>
       </c>
       <c r="F73" s="4" t="s">
         <v>589</v>
       </c>
       <c r="G73" s="4" t="s">
+        <v>587</v>
+      </c>
+      <c r="H73" s="4" t="s">
+        <v>398</v>
+      </c>
+      <c r="I73" s="4" t="s">
         <v>590</v>
       </c>
-      <c r="H73" s="4" t="s">
-[...2 lines deleted...]
-      <c r="I73" s="4" t="s">
+      <c r="J73" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K73" s="4" t="s">
         <v>591</v>
       </c>
-      <c r="J73" s="4" t="s">
-[...2 lines deleted...]
-      <c r="K73" s="4" t="s">
+      <c r="L73" s="4" t="s">
         <v>592</v>
       </c>
-      <c r="L73" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M73" s="4" t="s">
-        <v>594</v>
+        <v>592</v>
       </c>
       <c r="N73" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O73" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
+        <v>593</v>
+      </c>
+      <c r="B74" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C74" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="D74" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E74" s="5" t="s">
         <v>595</v>
       </c>
-      <c r="B74" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C74" s="5" t="s">
+      <c r="F74" s="5" t="s">
         <v>596</v>
       </c>
-      <c r="D74" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E74" s="5" t="s">
+      <c r="G74" s="5" t="s">
         <v>597</v>
       </c>
-      <c r="F74" s="5" t="s">
+      <c r="H74" s="5" t="s">
+        <v>415</v>
+      </c>
+      <c r="I74" s="5" t="s">
         <v>598</v>
       </c>
-      <c r="G74" s="5" t="s">
+      <c r="J74" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K74" s="5" t="s">
         <v>599</v>
       </c>
-      <c r="H74" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I74" s="5" t="s">
+      <c r="L74" s="5" t="s">
         <v>600</v>
       </c>
-      <c r="J74" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K74" s="5" t="s">
+      <c r="M74" s="5" t="s">
         <v>601</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
       <c r="N74" s="5" t="s">
         <v>17</v>
       </c>
       <c r="O74" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="4" t="s">
         <v>602</v>
       </c>
       <c r="B75" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C75" s="4" t="s">
         <v>603</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>17</v>
       </c>
       <c r="E75" s="4" t="s">
         <v>604</v>
       </c>
       <c r="F75" s="4" t="s">
         <v>605</v>
       </c>
       <c r="G75" s="4" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="H75" s="4" t="s">
-        <v>606</v>
+        <v>489</v>
       </c>
       <c r="I75" s="4" t="s">
         <v>607</v>
       </c>
       <c r="J75" s="4" t="s">
         <v>17</v>
       </c>
       <c r="K75" s="4" t="s">
         <v>608</v>
       </c>
       <c r="L75" s="4" t="s">
-        <v>609</v>
+        <v>17</v>
       </c>
       <c r="M75" s="4" t="s">
         <v>17</v>
       </c>
       <c r="N75" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O75" s="4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
+        <v>609</v>
+      </c>
+      <c r="B76" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C76" s="5" t="s">
         <v>610</v>
       </c>
-      <c r="B76" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C76" s="5" t="s">
+      <c r="D76" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E76" s="5" t="s">
         <v>611</v>
       </c>
-      <c r="D76" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E76" s="5" t="s">
+      <c r="F76" s="5" t="s">
         <v>612</v>
       </c>
-      <c r="F76" s="5" t="s">
+      <c r="G76" s="5" t="s">
+        <v>609</v>
+      </c>
+      <c r="H76" s="5" t="s">
         <v>613</v>
-      </c>
-[...4 lines deleted...]
-        <v>95</v>
       </c>
       <c r="I76" s="5" t="s">
         <v>614</v>
       </c>
       <c r="J76" s="5" t="s">
         <v>17</v>
       </c>
       <c r="K76" s="5" t="s">
         <v>615</v>
       </c>
       <c r="L76" s="5" t="s">
         <v>616</v>
       </c>
       <c r="M76" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="N76" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="O76" s="5" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="4" t="s">
         <v>617</v>
       </c>
-      <c r="N76" s="5" t="s">
-[...2 lines deleted...]
-      <c r="O76" s="5" t="s">
+      <c r="B77" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C77" s="4" t="s">
+        <v>618</v>
+      </c>
+      <c r="D77" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E77" s="4" t="s">
+        <v>619</v>
+      </c>
+      <c r="F77" s="4" t="s">
+        <v>620</v>
+      </c>
+      <c r="G77" s="4" t="s">
+        <v>617</v>
+      </c>
+      <c r="H77" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="I77" s="4" t="s">
+        <v>621</v>
+      </c>
+      <c r="J77" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K77" s="4" t="s">
+        <v>622</v>
+      </c>
+      <c r="L77" s="4" t="s">
+        <v>623</v>
+      </c>
+      <c r="M77" s="4" t="s">
+        <v>624</v>
+      </c>
+      <c r="N77" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="O77" s="4" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>